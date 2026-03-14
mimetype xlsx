--- v0 (2025-10-20)
+++ v1 (2026-03-14)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hq-fil-01\HOUSING TRUST FUND\NEW ESG\APPLICATION PROCESS\2025-2026\Application Required Forms\2025 Application Forms\Budget Worksheets\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hq-fil-01\Housing Trust Fund\NEW ESG\APPLICATION PROCESS\2026-2027\Application Required Forms\2026 Application Forms\Budget Worksheets\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D217EF62-E5A6-45AB-A1E6-BE3DF4999062}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AB6C7E98-DA7D-4710-A855-752EF1807CC9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{F22C924A-C1D2-4AC1-8290-0FAF4CF127C6}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{F22C924A-C1D2-4AC1-8290-0FAF4CF127C6}"/>
   </bookViews>
   <sheets>
     <sheet name="HMV MATCH Sources and Budget" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E45" i="1" l="1"/>
@@ -205,54 +205,54 @@
   <si>
     <t>ESG Amount Requested</t>
   </si>
   <si>
     <t>Services Costs</t>
   </si>
   <si>
     <t>please see the budget guidance located within the Zengine application.</t>
   </si>
   <si>
     <t>1. Salaries- Personnel</t>
   </si>
   <si>
     <t>2. Travel- Personnel</t>
   </si>
   <si>
     <t>3. Hotel/Motel Payments- Clients</t>
   </si>
   <si>
     <t>4. Travel and Transportation - Clients</t>
   </si>
   <si>
     <t>HOTEL MOTEL PROJECT BUDGET</t>
   </si>
   <si>
-    <t>Provide a complete 12 month budget below. The Budget should cover the period between October 1, 2025 through</t>
-[...2 lines deleted...]
-    <t>September 30, 2026. List the amount of the matching funds and the source of the match. If needed,</t>
+    <t>Provide a complete 12 month budget below. The Budget should cover the period between October 1, 2026 through</t>
+  </si>
+  <si>
+    <t>September 30, 2027. List the amount of the matching funds and the source of the match. If needed,</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>