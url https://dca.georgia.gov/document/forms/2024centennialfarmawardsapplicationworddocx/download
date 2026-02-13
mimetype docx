--- v0 (2025-10-06)
+++ v1 (2026-02-13)
@@ -6,51 +6,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="34BACD61" w14:textId="77777777" w:rsidR="004B2241" w:rsidRDefault="004B2241" w:rsidP="00E91F60">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D65C479" w14:textId="77777777" w:rsidR="00D76924" w:rsidRDefault="00D76924" w:rsidP="00D31463">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="72"/>
         </w:rPr>
         <w:t>Georgia</w:t>
       </w:r>
@@ -78,487 +78,595 @@
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="72"/>
         </w:rPr>
         <w:t>Program</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="72"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="72"/>
         </w:rPr>
         <w:t>APPLICATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="442F45AD" w14:textId="77777777" w:rsidR="00D76924" w:rsidRDefault="00D76924" w:rsidP="00D76924"/>
-    <w:p w14:paraId="6490D117" w14:textId="77777777" w:rsidR="0072275C" w:rsidRDefault="00154C13" w:rsidP="00154C13">
+    <w:p w14:paraId="22B257FE" w14:textId="2CE77EC7" w:rsidR="00D76924" w:rsidRDefault="00154C13" w:rsidP="00FE38FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="180"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7EADF641" wp14:editId="72CD2015">
             <wp:extent cx="5936908" cy="3943350"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3947795"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B257FE" w14:textId="77777777" w:rsidR="00D76924" w:rsidRDefault="00D76924" w:rsidP="009D3FFA">
-[...4 lines deleted...]
-    <w:p w14:paraId="2EE66FAF" w14:textId="77777777" w:rsidR="00927A35" w:rsidRPr="00E91F60" w:rsidRDefault="008C782A" w:rsidP="008C782A">
+    <w:p w14:paraId="324AAB44" w14:textId="77777777" w:rsidR="00FE38FE" w:rsidRDefault="00FE38FE" w:rsidP="008C782A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:i/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E91F60">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79F1CC95" w14:textId="77777777" w:rsidR="00FE38FE" w:rsidRDefault="00FE38FE" w:rsidP="00FE38FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:i/>
-          <w:sz w:val="32"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59576031" w14:textId="083525A4" w:rsidR="00C473E8" w:rsidRPr="00FE38FE" w:rsidRDefault="008C782A" w:rsidP="00FE38FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:i/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E91F60">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:i/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D31463">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:i/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00FE1DA7" w:rsidRPr="00E91F60">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:i/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00C473E8" w:rsidRPr="00E91F60">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Georgia </w:t>
+      </w:r>
+      <w:r w:rsidR="00D31463" w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:i/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Centennial Farm</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1DA7" w:rsidRPr="00FE38FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Program is supported by a p</w:t>
+      </w:r>
+      <w:r w:rsidR="00C473E8" w:rsidRPr="00FE38FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>artnership among these agencies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08122CEB" w14:textId="2D639229" w:rsidR="009D3FFA" w:rsidRPr="006016B2" w:rsidRDefault="006B03EF" w:rsidP="006016B2">
+    <w:p w14:paraId="696F1501" w14:textId="57F39A1C" w:rsidR="00FE38FE" w:rsidRDefault="006B03EF" w:rsidP="006016B2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:sectPr w:rsidR="009D3FFA" w:rsidRPr="006016B2" w:rsidSect="00154C13">
-[...8 lines deleted...]
-        </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4254CB3A" wp14:editId="647D6F67">
             <wp:extent cx="822960" cy="564467"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
             <wp:docPr id="5" name="Picture 5" descr="C:\Documents and Settings\LSpeno\My Documents\Centennial Farms\Agency Logos\FB-Georgia Logo NEW 202 ®.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Documents and Settings\LSpeno\My Documents\Centennial Farms\Agency Logos\FB-Georgia Logo NEW 202 ®.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="822960" cy="564467"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="00FE38FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="005D79CC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="009D3FFA">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="472DCA1C" wp14:editId="530DC9D5">
             <wp:extent cx="731520" cy="630620"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="10" name="Picture 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Documents and Settings\LSpeno\My Documents\Centennial Farms\Agency Logos\GNFA logo copy.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="731520" cy="630620"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="005D79CC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005407CD">
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE38FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FE38FE">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13FB61D7" wp14:editId="183C99C6">
-[...2 lines deleted...]
-            <wp:docPr id="3" name="Picture 3"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D783071" wp14:editId="4B6E9109">
+            <wp:extent cx="752475" cy="752475"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:docPr id="9" name="Picture 9" descr="C:\Documents and Settings\LSpeno\My Documents\Centennial Farms\Agency Logos\New Ag Dept Seal.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="9" name="Picture 9" descr="C:\Documents and Settings\LSpeno\My Documents\Centennial Farms\Agency Logos\New Ag Dept Seal.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="752475" cy="752475"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023A00CD" w14:textId="7D77EBCD" w:rsidR="00FE38FE" w:rsidRDefault="00FE38FE" w:rsidP="00FE38FE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64C11621" wp14:editId="4871E2EE">
+            <wp:extent cx="1645920" cy="389831"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="42164523" name="Picture 1" descr="A picture containing text, clipart&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="42164523" name="Picture 1" descr="A picture containing text, clipart&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1645920" cy="389831"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00392299">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59BBAED3" wp14:editId="376C1517">
+            <wp:extent cx="1645920" cy="381338"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="Picture 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1645920" cy="381338"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C8537C1" wp14:editId="78FDFF60">
+            <wp:extent cx="1920240" cy="414867"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="4445"/>
+            <wp:docPr id="3" name="Picture 3" descr="A picture containing logo&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="3" name="Picture 3" descr="A picture containing logo&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1920240" cy="414867"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="005D79CC">
+    </w:p>
+    <w:p w14:paraId="08122CEB" w14:textId="7EE21B75" w:rsidR="00FE38FE" w:rsidRPr="00FE38FE" w:rsidRDefault="00FE38FE" w:rsidP="00FE38FE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1453"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...114 lines deleted...]
-      </w:r>
+        <w:sectPr w:rsidR="00FE38FE" w:rsidRPr="00FE38FE" w:rsidSect="00154C13">
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="576" w:right="720" w:bottom="576" w:left="990" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3C51E32D" w14:textId="77777777" w:rsidR="002F29F5" w:rsidRPr="00E07629" w:rsidRDefault="004B4E9D" w:rsidP="002F29F5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B4E9D">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Georgia Centennial Farm Program </w:t>
       </w:r>
       <w:r w:rsidR="00E07629">
         <w:rPr>
@@ -727,52 +835,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r w:rsidR="00C43263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>partnership</w:t>
       </w:r>
       <w:r w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> with Georgia Farm Bureau Federation; Georgia Department of Agriculture; Georgia Nation</w:t>
       </w:r>
       <w:r w:rsidR="005E03BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>al Fairgrounds and Agricenter</w:t>
-      </w:r>
+        <w:t xml:space="preserve">al Fairgrounds and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E03BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agricenter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00392299">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="005E03BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Georgia EMC</w:t>
       </w:r>
       <w:r w:rsidR="00392299">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; and University of Georgia Cooperative Extension</w:t>
       </w:r>
       <w:r w:rsidR="00010414">
@@ -983,173 +1101,195 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidR="001E6B42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F7EEB2B" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="004B4E9D" w:rsidRDefault="009B4A35" w:rsidP="00D76924">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="5F7EEB2B" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00FE38FE" w:rsidRDefault="009B4A35" w:rsidP="00D76924">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE38FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Georgia Centennial Farm Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2310A8E4" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="004B4E9D" w:rsidRDefault="00D76924" w:rsidP="00D76924">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="2310A8E4" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00FE38FE" w:rsidRDefault="00D76924" w:rsidP="00D76924">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE38FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Historic Preservation Division</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="512BE541" w14:textId="11B0E625" w:rsidR="00D76924" w:rsidRPr="004B4E9D" w:rsidRDefault="00D76924" w:rsidP="00D76924">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="512BE541" w14:textId="11B0E625" w:rsidR="00D76924" w:rsidRPr="00FE38FE" w:rsidRDefault="00D76924" w:rsidP="00D76924">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE38FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Georgia Department of </w:t>
       </w:r>
-      <w:r w:rsidR="00010414">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00010414" w:rsidRPr="00FE38FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Community Affairs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CAC2BA5" w14:textId="5828AD83" w:rsidR="002533EE" w:rsidRDefault="00010414" w:rsidP="00D76924">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="4CAC2BA5" w14:textId="5828AD83" w:rsidR="002533EE" w:rsidRPr="00FE38FE" w:rsidRDefault="00010414" w:rsidP="00D76924">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE38FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>60 Executive Park South, NE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B956703" w14:textId="6385132C" w:rsidR="00010414" w:rsidRPr="004B4E9D" w:rsidRDefault="00010414" w:rsidP="00D76924">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="2B956703" w14:textId="6385132C" w:rsidR="00010414" w:rsidRPr="00FE38FE" w:rsidRDefault="00010414" w:rsidP="00D76924">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE38FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Atlanta, GA 30329</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0413484A" w14:textId="1017EF6F" w:rsidR="009B4A35" w:rsidRDefault="009B4A35" w:rsidP="00D76924">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72C8EF35" w14:textId="77777777" w:rsidR="008218B4" w:rsidRDefault="005407CD" w:rsidP="00D76924">
+    <w:p w14:paraId="72C8EF35" w14:textId="77777777" w:rsidR="008218B4" w:rsidRDefault="00FE38FE" w:rsidP="00D76924">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="61D57D69">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:455.05pt;height:7pt" o:hrpct="0" o:hralign="center" o:hr="t">
-            <v:imagedata r:id="rId16" o:title="BD14845_"/>
+            <v:imagedata r:id="rId17" o:title="BD14845_"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="218DCA87" w14:textId="71326CCE" w:rsidR="00336B9D" w:rsidRDefault="002141DD" w:rsidP="002141DD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4128"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -1297,51 +1437,69 @@
         </w:rPr>
         <w:t>me family for 100 years or more</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60A4142E" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00301755" w:rsidRDefault="00D76924" w:rsidP="00301755">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301755">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Listed in the Natio</w:t>
+        <w:t xml:space="preserve">Listed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00301755">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00301755">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Natio</w:t>
       </w:r>
       <w:r w:rsidR="00301755">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nal Register of Historic Places</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11A71CC7" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00D76924" w:rsidP="00776832">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5307BFA1" w14:textId="77777777" w:rsidR="00301755" w:rsidRDefault="00D76924" w:rsidP="00776832">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1411,51 +1569,69 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Farms must be at least 100 years old</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BBA921D" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00301755" w:rsidRDefault="00D76924" w:rsidP="00301755">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301755">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Listed in the Natio</w:t>
+        <w:t xml:space="preserve">Listed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00301755">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00301755">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Natio</w:t>
       </w:r>
       <w:r w:rsidR="00301755" w:rsidRPr="00301755">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nal Register of Historic Places</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F841689" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00D76924" w:rsidP="00776832">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="696161DB" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00301755" w:rsidRDefault="00301755" w:rsidP="00776832">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1664,92 +1840,138 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="414719DA" w14:textId="77777777" w:rsidR="00D76924" w:rsidRDefault="00623370" w:rsidP="00301755">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Farm land used for tree farming can qualify as a working farm only if the farm operates from a forest management plan written by a registered forester, has at least 10 acres of forest land, and will have forest products harvested at some scheduled time in the future.</w:t>
+        <w:t>Farm land</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> used for tree farming can qualify as a working farm only if the farm operates from a forest management plan written by a registered forester, has at least 10 acres of forest land, and will have forest products harvested at some scheduled time in the future.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FB7849A" w14:textId="77777777" w:rsidR="00301755" w:rsidRPr="00D76924" w:rsidRDefault="00301755" w:rsidP="00301755">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E6701EE" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00623370" w:rsidP="00D76924">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Once a farm has received a Centennial Farm award it will not qualify for another Centennial Farm award category.  Exceptions are made for Centennial Family Farms that are listed in the National Register of Historic Places at a later date.  These farms may reapply for the Centennial Heritage Farm Award category.</w:t>
+        <w:t xml:space="preserve">Once a farm has received a Centennial Farm award it will not qualify for another Centennial Farm award category.  Exceptions are made </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Centennial Family Farms that are listed in the National Register of Historic Places </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>at a later date</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.  These farms may reapply for the Centennial Heritage Farm Award category.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C1D635" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00623370" w:rsidP="00D76924">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*O</w:t>
       </w:r>
       <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nly one certificate will be issued for each family farm unless the original farm has been subdivided for more than 100 years and the subdivided farm parcels have also achieved 100 years of significance as separate family farms.</w:t>
@@ -1770,51 +1992,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Questions?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FF6AB42" w14:textId="681C5A2A" w:rsidR="009D297A" w:rsidRDefault="009D297A" w:rsidP="00D76924">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00AE7446">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>outreach@dca.ga.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A2213A9" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="002F29F5" w:rsidRDefault="004F08C4" w:rsidP="00301755">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
@@ -1917,84 +2139,121 @@
     <w:p w14:paraId="7D1E078A" w14:textId="77777777" w:rsidR="00B7697E" w:rsidRDefault="00B7697E" w:rsidP="00301755">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="041430A6" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00D76924" w:rsidP="00301755">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>My farm meets the requirements for the:</w:t>
+        <w:t xml:space="preserve">My farm meets the requirements for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="159AF8FE" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00301755" w:rsidRDefault="00D76924" w:rsidP="00301755">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301755">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Centennial Heritage Farm Award</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Centennial Heritage Farm </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00301755">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">  (complete sections 1, 2, 3, 4, and 5)</w:t>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Award</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301755">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00301755">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>complete sections 1, 2, 3, 4, and 5)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="754EF3F3" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00301755" w:rsidRDefault="00D76924" w:rsidP="00301755">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301755">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Centennial Farm Award</w:t>
@@ -2225,59 +2484,76 @@
         </w:rPr>
         <w:t>City _</w:t>
       </w:r>
       <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">__________________   </w:t>
       </w:r>
       <w:r w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>County _</w:t>
       </w:r>
       <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">_____________________  </w:t>
-      </w:r>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">_  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Zip ______</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="002066DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________</w:t>
@@ -2454,67 +2730,85 @@
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidR="00122026" w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="001F308A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00122026" w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> State</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00122026" w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>State</w:t>
       </w:r>
       <w:r w:rsidR="001F308A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> _____</w:t>
+        <w:t xml:space="preserve"> _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="00122026" w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_ Zip</w:t>
       </w:r>
       <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ______</w:t>
       </w:r>
       <w:r w:rsidR="002066DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
@@ -2891,114 +3185,133 @@
       </w:r>
       <w:r w:rsidR="00054CCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00054CCF" w:rsidRPr="00054CCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00301755" w:rsidRPr="00054CCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Less than $1,000</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00054CCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00054CCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00301755" w:rsidRPr="00054CCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00054CCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00122026" w:rsidRPr="00054CCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_$</w:t>
       </w:r>
       <w:r w:rsidR="00301755" w:rsidRPr="00054CCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1,000 - $10,000</w:t>
+        <w:t>1,000 - $</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00301755" w:rsidRPr="00054CCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10,000</w:t>
       </w:r>
       <w:r w:rsidR="00054CCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00054CCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00054CCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00054CCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidRPr="00054CCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$10,000 - $50,000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A5673A7" w14:textId="77777777" w:rsidR="00CA28D6" w:rsidRPr="00054CCF" w:rsidRDefault="00CA28D6" w:rsidP="008218B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3307,60 +3620,73 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1463DF34" w14:textId="77777777" w:rsidR="007E5660" w:rsidRDefault="007E5660" w:rsidP="005D2D34">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56769718" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00A6705F" w:rsidRDefault="008218B4" w:rsidP="005D2D34">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A6705F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Section  2.  Farm History</w:t>
+        <w:t>Section  2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A6705F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.  Farm History</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E8F5F51" w14:textId="77777777" w:rsidR="00623370" w:rsidRDefault="00623370" w:rsidP="004E56C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D4879F8" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00D76924" w:rsidP="004E56C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -3458,73 +3784,83 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E668B00" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00D76924" w:rsidP="004E56C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Number of acres of original purchase still </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001F308A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">retained </w:t>
       </w:r>
       <w:r w:rsidR="004E56C5" w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>________</w:t>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______</w:t>
       </w:r>
       <w:r w:rsidR="005D2D34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>______________</w:t>
       </w:r>
       <w:r w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EEF5039" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00D76924" w:rsidP="004E56C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3760,51 +4096,69 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD42F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="005D2D34" w:rsidRPr="00FD42F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>re all of the original buildings remaining</w:t>
+        <w:t xml:space="preserve">re </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005D2D34" w:rsidRPr="00FD42F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005D2D34" w:rsidRPr="00FD42F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the original buildings remaining</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD42F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="005D2D34" w:rsidRPr="00FD42F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD42F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
@@ -3879,88 +4233,164 @@
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53E885A2" w14:textId="77777777" w:rsidR="00D0125A" w:rsidRDefault="00D0125A" w:rsidP="00431CBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A5B6841" w14:textId="77777777" w:rsidR="00235FAC" w:rsidRPr="004F08C4" w:rsidRDefault="008218B4" w:rsidP="00431CBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004F08C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>List Family Owners</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F08C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Family Owners</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FBB3545" w14:textId="77777777" w:rsidR="004F08C4" w:rsidRPr="008218B4" w:rsidRDefault="004F08C4" w:rsidP="00431CBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BF75FA0" w14:textId="77777777" w:rsidR="00D76924" w:rsidRDefault="00D76924" w:rsidP="00431CBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D76924">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>List all family members who have owned the farm.  Begin with original owners and continue to the present owner; indicate relationship to present owner and give dates when the property was owned.  Continue on a separate sheet</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all family members who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>have owned</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the farm.  Begin with original owners and continue </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the present owner; indicate relationship to present owner and give dates when the property was owned.  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Continue on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a separate sheet</w:t>
       </w:r>
       <w:r w:rsidR="00FD42F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> if additional space is needed.</w:t>
       </w:r>
       <w:r w:rsidR="00A029FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Attach copies of all deeds to the application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C1C4283" w14:textId="77777777" w:rsidR="00431CBC" w:rsidRPr="00D76924" w:rsidRDefault="00431CBC" w:rsidP="00431CBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4943,60 +5373,73 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7D79B960" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00D76924" w:rsidP="00D76924">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41C9A62A" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="004F08C4" w:rsidRDefault="00431CBC" w:rsidP="00EB050C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004F08C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Section  3.  Supporting Documentation</w:t>
+        <w:t>Section  3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F08C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.  Supporting Documentation</w:t>
       </w:r>
       <w:r w:rsidR="008E23F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="007229F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="008E23F1">
         <w:rPr>
@@ -5212,51 +5655,69 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="712D3DBA" w14:textId="77777777" w:rsidR="00D76924" w:rsidRDefault="00D76924" w:rsidP="00583878">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00583878">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A sketch map illustrating the general layout of the farm.  Indicate where farm buildings, outbuildings, and fields are located or where they were located, but are no longer standing</w:t>
+        <w:t xml:space="preserve">A sketch map </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00583878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>illustrating</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00583878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the general layout of the farm.  Indicate where farm buildings, outbuildings, and fields are located or where they were located, but are no longer standing</w:t>
       </w:r>
       <w:r w:rsidR="00623CA4" w:rsidRPr="00583878">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and show the original acreage</w:t>
       </w:r>
       <w:r w:rsidRPr="00583878">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00505EAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
@@ -5408,897 +5869,963 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623CA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Photocopies of supporting documents, such as deeds, to verify at least 100 years of continual family ownership.  Please </w:t>
       </w:r>
       <w:r w:rsidRPr="00623CA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>highlight</w:t>
       </w:r>
       <w:r w:rsidRPr="00623CA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> appropriate dates, legal land descriptions, and ownership on each document.</w:t>
+        <w:t xml:space="preserve"> appropriate dates, legal land descriptions, and ownership </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623CA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623CA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> each document.</w:t>
       </w:r>
       <w:r w:rsidR="00DA07E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00623CA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Do not include binders, notebooks, or covers of any kind.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FD6B570" w14:textId="77777777" w:rsidR="00623CA4" w:rsidRPr="00623CA4" w:rsidRDefault="00623CA4" w:rsidP="00623CA4">
-[...12 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="3F728B41" w14:textId="77777777" w:rsidR="00FE38FE" w:rsidRPr="00FE38FE" w:rsidRDefault="00FE38FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AFB57FC" w14:textId="28BBE086" w:rsidR="00DC4E18" w:rsidRPr="00FE38FE" w:rsidRDefault="00FE38FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE38FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Digital Copies should be included on a USB </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE38FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>thumbdrive</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE38FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submitted with the mailed in application.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4E18" w:rsidRPr="00FE38FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="776B57A1" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="6C0DA9B5" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="004F08C4" w:rsidRDefault="00FE58A9" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004F08C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6C0DA9B5" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="004F08C4" w:rsidRDefault="00FE58A9" w:rsidP="005D2D34">
+        <w:t>Section 4.  National Register of Historic Places (if applicable)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63346615" w14:textId="77777777" w:rsidR="00583878" w:rsidRDefault="00583878" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C3D3208" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00D76924" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name of National Register </w:t>
+      </w:r>
+      <w:r w:rsidR="001F308A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">listing: </w:t>
+      </w:r>
+      <w:r w:rsidR="00623370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B54729" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00D76924" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F7792E2" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00623370" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describe any </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>major additions or alterations to the property since its l</w:t>
+      </w:r>
+      <w:r w:rsidR="00431CBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>isting in the National Register:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002066DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="294AE1A4" w14:textId="77777777" w:rsidR="00A029FA" w:rsidRDefault="00A029FA" w:rsidP="005D2D34">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F08C4">
+    </w:p>
+    <w:p w14:paraId="38BF0C99" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Section 4.  National Register of Historic Places (if applicable)</w:t>
-[...138 lines deleted...]
-    <w:p w14:paraId="294AE1A4" w14:textId="77777777" w:rsidR="00A029FA" w:rsidRDefault="00A029FA" w:rsidP="005D2D34">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14531005" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38BF0C99" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+    <w:p w14:paraId="519A3967" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="004F08C4" w:rsidRDefault="008E23F1" w:rsidP="005D2D34">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Section  5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00431CBC" w:rsidRPr="004F08C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>.  Statement of Farm Owner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2498F6FE" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00D76924" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B482832" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="008E23F1" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please double check the final checklist and confirm t</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76924" w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>he statements made in this application are accurate and correct to the best of my knowledge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3AC94D" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00D76924" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C495F38" w14:textId="77777777" w:rsidR="00D76924" w:rsidRPr="00D76924" w:rsidRDefault="00D76924" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002066DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D6D5CA" w14:textId="77777777" w:rsidR="00960B6D" w:rsidRDefault="00D76924" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Signature</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D76924">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Date of Application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD47655" w14:textId="77777777" w:rsidR="005D2D34" w:rsidRDefault="005D2D34" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ACC6D74" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F8FB510" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3721E9F3" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B18DF87" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7444061F" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70ABC96C" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="095B1F50" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07CCE2E8" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A29A384" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A72D280" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72024047" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B68E472" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6210BE9B" w14:textId="77777777" w:rsidR="00DC4E18" w:rsidRPr="00FE38FE" w:rsidRDefault="00DC4E18" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...6 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="376D2E4E" w14:textId="77777777" w:rsidR="005D2D34" w:rsidRPr="00FE38FE" w:rsidRDefault="005D2D34" w:rsidP="005D2D34">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...204 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Please send completed</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4568" w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> form (pages </w:t>
+      </w:r>
+      <w:r w:rsidR="00A029FA" w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4E18" w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-7</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB050C" w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A029FA" w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and additional materials</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB050C" w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...137 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="729632AF" w14:textId="77777777" w:rsidR="005D79CC" w:rsidRDefault="005D79CC" w:rsidP="00EB050C">
+    <w:p w14:paraId="729632AF" w14:textId="77777777" w:rsidR="005D79CC" w:rsidRPr="00FE38FE" w:rsidRDefault="005D79CC" w:rsidP="00EB050C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0723674D" w14:textId="77777777" w:rsidR="00623370" w:rsidRDefault="009B4A35" w:rsidP="00EB050C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0723674D" w14:textId="77777777" w:rsidR="00623370" w:rsidRPr="00FE38FE" w:rsidRDefault="009B4A35" w:rsidP="00EB050C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Georgia Centennial Farm Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743EB509" w14:textId="77777777" w:rsidR="00EB050C" w:rsidRDefault="00EB050C" w:rsidP="00EB050C">
+    <w:p w14:paraId="743EB509" w14:textId="77777777" w:rsidR="00EB050C" w:rsidRPr="00FE38FE" w:rsidRDefault="00EB050C" w:rsidP="00EB050C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EB050C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Historic Preservation Division   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B3FFB9" w14:textId="3C52B514" w:rsidR="00EB050C" w:rsidRPr="00EB050C" w:rsidRDefault="00EB050C" w:rsidP="00EB050C">
+    <w:p w14:paraId="24B3FFB9" w14:textId="3C52B514" w:rsidR="00EB050C" w:rsidRPr="00FE38FE" w:rsidRDefault="00EB050C" w:rsidP="00EB050C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EB050C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Georgia Department of </w:t>
       </w:r>
-      <w:r w:rsidR="00010414">
+      <w:r w:rsidR="00010414" w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Community Affairs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73E3BFA6" w14:textId="3518C6B2" w:rsidR="002533EE" w:rsidRDefault="00010414" w:rsidP="00EB050C">
+    <w:p w14:paraId="73E3BFA6" w14:textId="3518C6B2" w:rsidR="002533EE" w:rsidRPr="00FE38FE" w:rsidRDefault="00010414" w:rsidP="00EB050C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>60 Executive Park South, NE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="128B6A3E" w14:textId="21E4BB65" w:rsidR="00010414" w:rsidRDefault="00010414" w:rsidP="00EB050C">
+    <w:p w14:paraId="128B6A3E" w14:textId="21E4BB65" w:rsidR="00010414" w:rsidRPr="00FE38FE" w:rsidRDefault="00010414" w:rsidP="00EB050C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE38FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Atlanta, GA 30329</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="033C435C" w14:textId="77777777" w:rsidR="00623370" w:rsidRDefault="00623370" w:rsidP="00EB050C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69709409" w14:textId="5EF5CD2F" w:rsidR="00142CD7" w:rsidRDefault="00142CD7" w:rsidP="00142CD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6472,51 +6999,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="218E81A9" w14:textId="77777777" w:rsidR="00142CD7" w:rsidRPr="00392299" w:rsidRDefault="00142CD7" w:rsidP="00142CD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00392299">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Release for the Georgia Centennial Farm Program</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="731106C9" w14:textId="77777777" w:rsidR="00142CD7" w:rsidRPr="00392299" w:rsidRDefault="00142CD7" w:rsidP="00142CD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F3E376A" w14:textId="77777777" w:rsidR="00142CD7" w:rsidRPr="00392299" w:rsidRDefault="00142CD7" w:rsidP="00142CD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -6568,51 +7094,69 @@
         <w:t>Community Affairs</w:t>
       </w:r>
       <w:r w:rsidRPr="00392299">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the right to use and make any and all photographs or videotape recordings of me as a result of my application to participate in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00392299">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Georgia Centennial Farm Program</w:t>
       </w:r>
       <w:r w:rsidRPr="00392299">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  I hereby renounce any claim to any payment for or royalty from these photographs or videotape recordings.  With regard to any narratives, photographs, and videos that I am providing with my application, I warrant and represent that I own all right, title and interest in and to the narratives, photographs and videos or otherwise have the right to license them to the Georgia Department of </w:t>
+        <w:t xml:space="preserve">.  I hereby renounce any claim </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00392299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00392299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any payment for or royalty from these photographs or videotape recordings.  With regard to any narratives, photographs, and videos that I am providing with my application, I warrant and represent that I own all right, title and interest in and to the narratives, photographs and videos or otherwise have the right to license them to the Georgia Department of </w:t>
       </w:r>
       <w:r w:rsidR="00010414" w:rsidRPr="00392299">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Community Affairs</w:t>
       </w:r>
       <w:r w:rsidRPr="00392299">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> without infringing or violating any law or right of any third party.  I hereby grant the Georgia Department of </w:t>
       </w:r>
       <w:r w:rsidR="00010414" w:rsidRPr="00392299">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Community Affairs</w:t>
       </w:r>
@@ -6745,171 +7289,171 @@
     <w:p w14:paraId="66F5CC5D" w14:textId="77777777" w:rsidR="00142CD7" w:rsidRDefault="00142CD7" w:rsidP="00EB050C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00142CD7" w:rsidSect="009D3FFA">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="576" w:right="1440" w:bottom="576" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2B90F897" w14:textId="77777777" w:rsidR="0095563D" w:rsidRDefault="0095563D" w:rsidP="00776832">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7B34B4D2" w14:textId="77777777" w:rsidR="0095563D" w:rsidRDefault="0095563D" w:rsidP="00776832">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="050C2325" w14:textId="2B194DE3" w:rsidR="00213814" w:rsidRPr="002141DD" w:rsidRDefault="00213814">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="050C2325" w14:textId="53CF03A3" w:rsidR="00213814" w:rsidRPr="002141DD" w:rsidRDefault="00213814">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="1" w:color="622423" w:themeColor="accent2" w:themeShade="7F"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002141DD">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>Georgia Centennial Farm Program</w:t>
     </w:r>
     <w:r w:rsidR="002141DD" w:rsidRPr="002141DD">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
-      <w:t>, 202</w:t>
+      <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r w:rsidR="00C95C53">
+    <w:r w:rsidR="00FE38FE">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>2026</w:t>
     </w:r>
     <w:r w:rsidR="002141DD" w:rsidRPr="002141DD">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve"> Application</w:t>
     </w:r>
     <w:r w:rsidRPr="002141DD">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="002141DD">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="002141DD">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -6930,94 +7474,94 @@
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="002141DD">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3DACFCBC" w14:textId="77777777" w:rsidR="00430529" w:rsidRPr="002141DD" w:rsidRDefault="00430529">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="388CC570" w14:textId="2FC6A001" w:rsidR="00CA2915" w:rsidRPr="002141DD" w:rsidRDefault="002141DD" w:rsidP="002141DD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="388CC570" w14:textId="683FD2A5" w:rsidR="00CA2915" w:rsidRPr="00FE38FE" w:rsidRDefault="00FE38FE" w:rsidP="00FE38FE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="002141DD">
+    <w:r w:rsidRPr="00FE38FE">
       <w:rPr>
         <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
         <w:b/>
       </w:rPr>
-      <w:t>dca.ga.gov/georgia-historic-preservation-division/historic-resources/centennial-farms</w:t>
+      <w:t>dca.georgia.gov/community-assistance/historic-preservation/centennial-farms-program</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="563920ED" w14:textId="77777777" w:rsidR="0095563D" w:rsidRDefault="0095563D" w:rsidP="00776832">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="69722D34" w14:textId="77777777" w:rsidR="0095563D" w:rsidRDefault="0095563D" w:rsidP="00776832">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="004B6D2E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="872640D2"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8142,56 +8686,57 @@
   <w:num w:numId="4" w16cid:durableId="2099597482">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1787505351">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="680165263">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="702636120">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="698817637">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1641617113">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1726368706">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="70"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="30721"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D76924"/>
     <w:rsid w:val="00010414"/>
     <w:rsid w:val="00036492"/>
     <w:rsid w:val="00045E7D"/>
     <w:rsid w:val="00051174"/>
     <w:rsid w:val="00054CCF"/>
     <w:rsid w:val="000C227E"/>
@@ -8211,50 +8756,51 @@
     <w:rsid w:val="00213814"/>
     <w:rsid w:val="002141DD"/>
     <w:rsid w:val="0021690B"/>
     <w:rsid w:val="00235FAC"/>
     <w:rsid w:val="002533EE"/>
     <w:rsid w:val="00287E13"/>
     <w:rsid w:val="00293060"/>
     <w:rsid w:val="00294901"/>
     <w:rsid w:val="002B6AF2"/>
     <w:rsid w:val="002F29F5"/>
     <w:rsid w:val="00301755"/>
     <w:rsid w:val="00303057"/>
     <w:rsid w:val="00336B9D"/>
     <w:rsid w:val="00392299"/>
     <w:rsid w:val="0039467A"/>
     <w:rsid w:val="00397C9B"/>
     <w:rsid w:val="003F08A6"/>
     <w:rsid w:val="003F52EF"/>
     <w:rsid w:val="00430529"/>
     <w:rsid w:val="00431CBC"/>
     <w:rsid w:val="004B2241"/>
     <w:rsid w:val="004B4E9D"/>
     <w:rsid w:val="004E4578"/>
     <w:rsid w:val="004E56C5"/>
     <w:rsid w:val="004F08C4"/>
+    <w:rsid w:val="00500DD2"/>
     <w:rsid w:val="00505EAC"/>
     <w:rsid w:val="005407CD"/>
     <w:rsid w:val="00553FA5"/>
     <w:rsid w:val="005703B7"/>
     <w:rsid w:val="00581F56"/>
     <w:rsid w:val="00583878"/>
     <w:rsid w:val="00594389"/>
     <w:rsid w:val="005D2D34"/>
     <w:rsid w:val="005D79CC"/>
     <w:rsid w:val="005E03BB"/>
     <w:rsid w:val="006016B2"/>
     <w:rsid w:val="00612620"/>
     <w:rsid w:val="00623370"/>
     <w:rsid w:val="00623CA4"/>
     <w:rsid w:val="0067247D"/>
     <w:rsid w:val="006B03EF"/>
     <w:rsid w:val="0072275C"/>
     <w:rsid w:val="007229F6"/>
     <w:rsid w:val="00776832"/>
     <w:rsid w:val="00782E98"/>
     <w:rsid w:val="007B3A64"/>
     <w:rsid w:val="007B3EA2"/>
     <w:rsid w:val="007D2167"/>
     <w:rsid w:val="007E5660"/>
     <w:rsid w:val="008218B4"/>
@@ -8290,82 +8836,83 @@
     <w:rsid w:val="00C95C53"/>
     <w:rsid w:val="00CA28D6"/>
     <w:rsid w:val="00CA2915"/>
     <w:rsid w:val="00D0125A"/>
     <w:rsid w:val="00D02B10"/>
     <w:rsid w:val="00D11D62"/>
     <w:rsid w:val="00D31463"/>
     <w:rsid w:val="00D76924"/>
     <w:rsid w:val="00D8577A"/>
     <w:rsid w:val="00DA07E8"/>
     <w:rsid w:val="00DC4E18"/>
     <w:rsid w:val="00DD4568"/>
     <w:rsid w:val="00DE2028"/>
     <w:rsid w:val="00DE36B1"/>
     <w:rsid w:val="00E07629"/>
     <w:rsid w:val="00E700CD"/>
     <w:rsid w:val="00E91F60"/>
     <w:rsid w:val="00E9506F"/>
     <w:rsid w:val="00EB050C"/>
     <w:rsid w:val="00ED63F9"/>
     <w:rsid w:val="00F05835"/>
     <w:rsid w:val="00F84D5D"/>
     <w:rsid w:val="00F9060D"/>
     <w:rsid w:val="00FD42F6"/>
     <w:rsid w:val="00FE1DA7"/>
+    <w:rsid w:val="00FE38FE"/>
     <w:rsid w:val="00FE58A9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="30721"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="00FD4A41"/>
   <w15:docId w15:val="{5BE19701-29E6-400E-A0E6-D4ED9BA1C50E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8919,58 +9466,58 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D2D34"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009D297A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:outreach@dca.ga.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:outreach@dca.ga.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9235,66 +9782,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F80BA1BA-EFD0-49BA-898E-99980C2A84A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1659</Words>
-  <Characters>9462</Characters>
+  <Words>1633</Words>
+  <Characters>9587</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>342</Lines>
+  <Paragraphs>135</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Georgia DNR Environmental Protection Division</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11099</CharactersWithSpaces>
+  <CharactersWithSpaces>11085</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Lynn Speno</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>