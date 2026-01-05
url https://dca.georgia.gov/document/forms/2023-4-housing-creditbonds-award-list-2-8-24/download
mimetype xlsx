--- v0 (2025-10-13)
+++ v1 (2026-01-05)
@@ -5,95 +5,92 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="23127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Mitchell.Kelly\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gadca-my.sharepoint.com/personal/em_persaud_dca_ga_gov/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{47A87E8A-13A1-43EB-9D38-9EDAF188427B}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{88F893B8-9976-448F-9C22-CBBCB19A9D95}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A9EFD065-2E46-4E5E-A08B-F2F13B4BE001}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" firstSheet="1" xr2:uid="{8BFFEF58-E3EB-4044-91AE-A9BB35C9F6E2}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="1" xr2:uid="{8BFFEF58-E3EB-4044-91AE-A9BB35C9F6E2}"/>
   </bookViews>
   <sheets>
     <sheet name="Select" sheetId="1" r:id="rId1"/>
     <sheet name="Non-Select" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Non-Select'!$A$2:$O$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
-        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="689" uniqueCount="392">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="687" uniqueCount="389">
   <si>
     <t>55555555=3409</t>
-  </si>
-[...1 lines deleted...]
-    <t>This document may be amended. Last Modified 2/08/2024. Email Allocation@dca.ga.gov with any questions.</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>DCA Number</t>
   </si>
   <si>
     <t>Development Name</t>
   </si>
   <si>
     <t>DCA Score</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>County</t>
   </si>
   <si>
     <t>Geographic Distribution - District</t>
   </si>
@@ -668,60 +665,51 @@
   <si>
     <t>Rebuild America, LLC; Mansermar Development, LLC; Mansermar, Inc.</t>
   </si>
   <si>
     <t>Mark J. Kemp</t>
   </si>
   <si>
     <t>mkemp@rebuildamerica.com</t>
   </si>
   <si>
     <t>2023-531</t>
   </si>
   <si>
     <t>Harvest Station II</t>
   </si>
   <si>
     <t>521 Griffin Avenue</t>
   </si>
   <si>
     <t>Valdosta</t>
   </si>
   <si>
     <t>Lowndes</t>
   </si>
   <si>
-    <t>Valdosta Housing Authority</t>
-[...4 lines deleted...]
-  <si>
     <t>Rhett Holmes</t>
-  </si>
-[...1 lines deleted...]
-    <t>rholmes@idpproperties.com</t>
   </si>
   <si>
     <t>2023-524</t>
   </si>
   <si>
     <t>North Downtown Athens II</t>
   </si>
   <si>
     <t>530 N Hull St</t>
   </si>
   <si>
     <t>Athens</t>
   </si>
   <si>
     <t>Clarke</t>
   </si>
   <si>
     <t>Athens Housing Authority</t>
   </si>
   <si>
     <t>Columbia Residential; Rose Community Development Corporation; Athens Housing Redevelopment</t>
   </si>
   <si>
     <t>Carmen Chubb</t>
   </si>
@@ -1362,50 +1350,53 @@
     <t>N/A</t>
   </si>
   <si>
     <t>2023-527</t>
   </si>
   <si>
     <t>Havenbrook Apartments</t>
   </si>
   <si>
     <t>100-800 Havenbrook Court</t>
   </si>
   <si>
     <t>Frank Farricker</t>
   </si>
   <si>
     <t>2023-522</t>
   </si>
   <si>
     <t>Douglasville Proper Apartments</t>
   </si>
   <si>
     <t>8424 Chicago Ave</t>
   </si>
   <si>
     <t>Jonathan R. Toppen</t>
+  </si>
+  <si>
+    <t>This document may be amended. Last Modified 12/4/2025. Email Allocation@dca.ga.gov with any questions.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1639,340 +1630,324 @@
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="103">
+  <cellXfs count="95">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="7" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFF1E8F8"/>
       <color rgb="FFDFC9EF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -2031,91 +2006,91 @@
         <a:xfrm>
           <a:off x="1449917" y="116417"/>
           <a:ext cx="5386917" cy="1471143"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2177,51 +2152,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2319,3635 +2294,3569 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharon@radiantdevelops.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchubb@columbiares.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eperry@integral-online.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.fuson@redwoodhousing.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcooper@wodagroup.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rholmes@idpproperties.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bryan@poplardevelopmentgroup.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chris.e@blueridgeatlantic.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eperry@integral-online.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jackson.reed@vitus.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lbaron@thevantagegroup.biz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchubb@columbiares.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kdavidson@waltoncommunities.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sgarchik@mrkpartners.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrule@nationalchurchresidences.org" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:major.lee@envolvellc.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kara.harchuck@huntcompanies.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richelle@collaborativehousingsolutions.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:renee@pacesfoundation.org" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pjhornik@sphome.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bjparent@comcast.net" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.fuson@redwoodhousing.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkemp@rebuildamerica.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tracy.Senf@McCormackBaron.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jodonnell@tmo.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thenkel@pennrose.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:James.Alexander@mercyhousing.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody@prestwickcompanies.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bswanton@gormanusa.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharon@radiantdevelops.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchubb@columbiares.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eperry@integral-online.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bswanton@gormanusa.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcooper@wodagroup.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody@prestwickcompanies.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bryan@poplardevelopmentgroup.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chris.e@blueridgeatlantic.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eperry@integral-online.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.fuson@redwoodhousing.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lbaron@thevantagegroup.biz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchubb@columbiares.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kdavidson@waltoncommunities.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrule@nationalchurchresidences.org" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:major.lee@envolvellc.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kara.harchuck@huntcompanies.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jackson.reed@vitus.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:renee@pacesfoundation.org" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pjhornik@sphome.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richelle@collaborativehousingsolutions.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sgarchik@mrkpartners.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkemp@rebuildamerica.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tracy.Senf@McCormackBaron.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jodonnell@tmo.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thenkel@pennrose.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:James.Alexander@mercyhousing.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bjparent@comcast.net" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.fuson@redwoodhousing.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5A5D6761-6B13-4C9C-A1D0-54D99E9FC543}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:S49"/>
+  <dimension ref="A1:S48"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B52" sqref="B52"/>
+    <sheetView showGridLines="0" topLeftCell="A52" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="16.5" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="16.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="24.28515625" style="10" customWidth="1"/>
-[...19 lines deleted...]
-    <col min="16384" max="16384" width="8.85546875" style="10" bestFit="1"/>
+    <col min="1" max="1" width="24.33203125" style="6" customWidth="1"/>
+    <col min="2" max="2" width="98" style="6" customWidth="1"/>
+    <col min="3" max="3" width="13.33203125" style="29" customWidth="1"/>
+    <col min="4" max="4" width="35.44140625" style="29" customWidth="1"/>
+    <col min="5" max="5" width="8.5546875" style="30" customWidth="1"/>
+    <col min="6" max="6" width="37.5546875" style="29" customWidth="1"/>
+    <col min="7" max="7" width="16.44140625" style="29" customWidth="1"/>
+    <col min="8" max="8" width="18.44140625" style="29" customWidth="1"/>
+    <col min="9" max="9" width="27" style="29" customWidth="1"/>
+    <col min="10" max="10" width="15.33203125" style="31" customWidth="1"/>
+    <col min="11" max="11" width="15.44140625" style="29" customWidth="1"/>
+    <col min="12" max="12" width="15.33203125" style="29" customWidth="1"/>
+    <col min="13" max="13" width="18.6640625" style="29" customWidth="1"/>
+    <col min="14" max="14" width="18.44140625" style="29" customWidth="1"/>
+    <col min="15" max="15" width="14.109375" style="29" customWidth="1"/>
+    <col min="16" max="16" width="52.109375" style="29" customWidth="1"/>
+    <col min="17" max="17" width="113" style="29" customWidth="1"/>
+    <col min="18" max="18" width="25.88671875" style="29" customWidth="1"/>
+    <col min="19" max="19" width="41.6640625" style="21" customWidth="1"/>
+    <col min="20" max="16383" width="8.88671875" style="6"/>
+    <col min="16384" max="16384" width="8.88671875" style="6" bestFit="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="H4" s="36" t="s">
+    <row r="1" spans="1:19" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="28"/>
+    </row>
+    <row r="2" spans="1:19" ht="31.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="3" spans="1:19" ht="31.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="4" spans="1:19" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="H4" s="29" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="66" t="s">
+    <row r="5" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="58" t="s">
+        <v>388</v>
+      </c>
+      <c r="B5" s="58"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="33"/>
+      <c r="F5" s="32"/>
+      <c r="G5" s="32"/>
+      <c r="H5" s="32"/>
+      <c r="I5" s="32"/>
+      <c r="J5" s="34"/>
+      <c r="K5" s="32"/>
+      <c r="L5" s="32"/>
+      <c r="M5" s="32"/>
+      <c r="N5" s="32"/>
+      <c r="O5" s="32"/>
+      <c r="P5" s="32"/>
+    </row>
+    <row r="6" spans="1:19" s="4" customFormat="1" ht="33.6" x14ac:dyDescent="0.4">
+      <c r="B6" s="35" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="66"/>
-[...16 lines deleted...]
-      <c r="B6" s="42" t="s">
+      <c r="C6" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="29" t="s">
+      <c r="D6" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D6" s="29" t="s">
+      <c r="E6" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="E6" s="29" t="s">
+      <c r="F6" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="F6" s="29" t="s">
+      <c r="G6" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="G6" s="29" t="s">
+      <c r="H6" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="H6" s="29" t="s">
+      <c r="I6" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="I6" s="29" t="s">
+      <c r="J6" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="J6" s="43" t="s">
+      <c r="K6" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="K6" s="29" t="s">
+      <c r="L6" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="L6" s="29" t="s">
+      <c r="M6" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="M6" s="29" t="s">
+      <c r="N6" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="N6" s="29" t="s">
+      <c r="O6" s="22" t="s">
         <v>14</v>
       </c>
-      <c r="O6" s="29" t="s">
+      <c r="P6" s="22" t="s">
         <v>15</v>
       </c>
-      <c r="P6" s="29" t="s">
+      <c r="Q6" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="Q6" s="29" t="s">
+      <c r="R6" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="R6" s="29" t="s">
+      <c r="S6" s="22" t="s">
         <v>18</v>
       </c>
-      <c r="S6" s="29" t="s">
+    </row>
+    <row r="7" spans="1:19" s="41" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="71" t="s">
         <v>19</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B7" s="59" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="67" t="s">
+      <c r="C7" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="C7" s="44" t="s">
+      <c r="D7" s="38" t="s">
         <v>22</v>
       </c>
-      <c r="D7" s="45" t="s">
+      <c r="E7" s="38">
+        <v>68</v>
+      </c>
+      <c r="F7" s="25" t="s">
         <v>23</v>
       </c>
-      <c r="E7" s="45">
+      <c r="G7" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="I7" s="39">
+        <v>5</v>
+      </c>
+      <c r="J7" s="40">
+        <v>35000000</v>
+      </c>
+      <c r="K7" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="L7" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="M7" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="N7" s="39">
+        <v>218</v>
+      </c>
+      <c r="O7" s="39">
+        <v>218</v>
+      </c>
+      <c r="P7" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q7" s="25" t="s">
+        <v>30</v>
+      </c>
+      <c r="R7" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="S7" s="23" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="8" spans="1:19" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="72"/>
+      <c r="B8" s="60"/>
+      <c r="C8" s="42" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" s="22">
+        <v>63.5</v>
+      </c>
+      <c r="F8" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="I8" s="43">
+        <v>5</v>
+      </c>
+      <c r="J8" s="44">
+        <v>37000000</v>
+      </c>
+      <c r="K8" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="L8" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M8" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="N8" s="43">
+        <v>151</v>
+      </c>
+      <c r="O8" s="43">
+        <v>178</v>
+      </c>
+      <c r="P8" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q8" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="R8" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="S8" s="24" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9" spans="1:19" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="73"/>
+      <c r="B9" s="61"/>
+      <c r="C9" s="42" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" s="22">
+        <v>48</v>
+      </c>
+      <c r="F9" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="G9" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="I9" s="43">
+        <v>5</v>
+      </c>
+      <c r="J9" s="44">
+        <v>27000000</v>
+      </c>
+      <c r="K9" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="L9" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M9" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="N9" s="43">
+        <v>107</v>
+      </c>
+      <c r="O9" s="43">
+        <v>151</v>
+      </c>
+      <c r="P9" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q9" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="R9" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="S9" s="24" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:19" s="41" customFormat="1" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="62" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="37" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" s="38" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" s="38">
+        <v>44</v>
+      </c>
+      <c r="F10" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="G10" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10" s="25" t="s">
+        <v>51</v>
+      </c>
+      <c r="I10" s="39">
+        <v>12</v>
+      </c>
+      <c r="J10" s="65">
+        <v>20000000</v>
+      </c>
+      <c r="K10" s="25" t="s">
+        <v>52</v>
+      </c>
+      <c r="L10" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="M10" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="N10" s="39">
+        <v>24</v>
+      </c>
+      <c r="O10" s="39">
+        <v>24</v>
+      </c>
+      <c r="P10" s="74" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q10" s="74" t="s">
+        <v>55</v>
+      </c>
+      <c r="R10" s="25" t="s">
+        <v>56</v>
+      </c>
+      <c r="S10" s="25" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="63"/>
+      <c r="B11" s="69"/>
+      <c r="C11" s="42" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" s="22">
+        <v>46</v>
+      </c>
+      <c r="F11" s="21" t="s">
+        <v>60</v>
+      </c>
+      <c r="G11" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="I11" s="43">
+        <v>2</v>
+      </c>
+      <c r="J11" s="66"/>
+      <c r="K11" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L11" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="M11" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N11" s="43">
+        <v>18</v>
+      </c>
+      <c r="O11" s="43">
+        <v>18</v>
+      </c>
+      <c r="P11" s="75"/>
+      <c r="Q11" s="75"/>
+      <c r="R11" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="S11" s="21" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="12" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="63"/>
+      <c r="B12" s="69"/>
+      <c r="C12" s="42" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="E12" s="22">
+        <v>46</v>
+      </c>
+      <c r="F12" s="21" t="s">
+        <v>66</v>
+      </c>
+      <c r="G12" s="21" t="s">
+        <v>67</v>
+      </c>
+      <c r="H12" s="21" t="s">
         <v>68</v>
       </c>
-      <c r="F7" s="32" t="s">
+      <c r="I12" s="43">
+        <v>11</v>
+      </c>
+      <c r="J12" s="66"/>
+      <c r="K12" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L12" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="M12" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N12" s="43">
+        <v>40</v>
+      </c>
+      <c r="O12" s="43">
+        <v>40</v>
+      </c>
+      <c r="P12" s="75"/>
+      <c r="Q12" s="75"/>
+      <c r="R12" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="S12" s="21" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="63"/>
+      <c r="B13" s="69"/>
+      <c r="C13" s="42" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="E13" s="22">
+        <v>44</v>
+      </c>
+      <c r="F13" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="G13" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="H13" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="I13" s="43">
+        <v>12</v>
+      </c>
+      <c r="J13" s="66"/>
+      <c r="K13" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L13" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M13" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N13" s="43">
+        <v>40</v>
+      </c>
+      <c r="O13" s="43">
+        <v>40</v>
+      </c>
+      <c r="P13" s="75"/>
+      <c r="Q13" s="75"/>
+      <c r="R13" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="S13" s="21" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="14" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="63"/>
+      <c r="B14" s="69"/>
+      <c r="C14" s="42" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" s="22">
+        <v>42</v>
+      </c>
+      <c r="F14" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="G14" s="21" t="s">
+        <v>75</v>
+      </c>
+      <c r="H14" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="I14" s="43">
+        <v>14</v>
+      </c>
+      <c r="J14" s="66"/>
+      <c r="K14" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L14" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M14" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N14" s="43">
+        <v>52</v>
+      </c>
+      <c r="O14" s="43">
+        <v>52</v>
+      </c>
+      <c r="P14" s="75"/>
+      <c r="Q14" s="75"/>
+      <c r="R14" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="S14" s="21" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="63"/>
+      <c r="B15" s="69"/>
+      <c r="C15" s="42" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" s="22" t="s">
+        <v>78</v>
+      </c>
+      <c r="E15" s="22">
+        <v>44</v>
+      </c>
+      <c r="F15" s="21" t="s">
+        <v>79</v>
+      </c>
+      <c r="G15" s="21" t="s">
+        <v>80</v>
+      </c>
+      <c r="H15" s="21" t="s">
+        <v>81</v>
+      </c>
+      <c r="I15" s="43">
+        <v>10</v>
+      </c>
+      <c r="J15" s="66"/>
+      <c r="K15" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L15" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M15" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N15" s="43">
         <v>24</v>
       </c>
-      <c r="G7" s="32" t="s">
+      <c r="O15" s="43">
+        <v>24</v>
+      </c>
+      <c r="P15" s="75"/>
+      <c r="Q15" s="75"/>
+      <c r="R15" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="S15" s="21" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="63"/>
+      <c r="B16" s="69"/>
+      <c r="C16" s="42" t="s">
+        <v>82</v>
+      </c>
+      <c r="D16" s="22" t="s">
+        <v>83</v>
+      </c>
+      <c r="E16" s="22">
+        <v>46</v>
+      </c>
+      <c r="F16" s="21" t="s">
+        <v>84</v>
+      </c>
+      <c r="G16" s="21" t="s">
+        <v>85</v>
+      </c>
+      <c r="H16" s="21" t="s">
+        <v>86</v>
+      </c>
+      <c r="I16" s="43">
+        <v>2</v>
+      </c>
+      <c r="J16" s="66"/>
+      <c r="K16" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L16" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="M16" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N16" s="43">
+        <v>24</v>
+      </c>
+      <c r="O16" s="43">
+        <v>24</v>
+      </c>
+      <c r="P16" s="75"/>
+      <c r="Q16" s="75"/>
+      <c r="R16" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="S16" s="21" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="63"/>
+      <c r="B17" s="69"/>
+      <c r="C17" s="42" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="E17" s="22">
+        <v>40</v>
+      </c>
+      <c r="F17" s="21" t="s">
+        <v>89</v>
+      </c>
+      <c r="G17" s="21" t="s">
+        <v>90</v>
+      </c>
+      <c r="H17" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="I17" s="43">
+        <v>12</v>
+      </c>
+      <c r="J17" s="66"/>
+      <c r="K17" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L17" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M17" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N17" s="43">
+        <v>24</v>
+      </c>
+      <c r="O17" s="43">
+        <v>24</v>
+      </c>
+      <c r="P17" s="75"/>
+      <c r="Q17" s="75"/>
+      <c r="R17" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="S17" s="21" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="63"/>
+      <c r="B18" s="69"/>
+      <c r="C18" s="42" t="s">
+        <v>92</v>
+      </c>
+      <c r="D18" s="22" t="s">
+        <v>93</v>
+      </c>
+      <c r="E18" s="22">
+        <v>46</v>
+      </c>
+      <c r="F18" s="21" t="s">
+        <v>94</v>
+      </c>
+      <c r="G18" s="21" t="s">
+        <v>95</v>
+      </c>
+      <c r="H18" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="I18" s="43">
+        <v>2</v>
+      </c>
+      <c r="J18" s="66"/>
+      <c r="K18" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L18" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M18" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N18" s="43">
+        <v>18</v>
+      </c>
+      <c r="O18" s="43">
+        <v>18</v>
+      </c>
+      <c r="P18" s="75"/>
+      <c r="Q18" s="75"/>
+      <c r="R18" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="S18" s="21" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="63"/>
+      <c r="B19" s="69"/>
+      <c r="C19" s="42" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" s="22" t="s">
+        <v>98</v>
+      </c>
+      <c r="E19" s="22">
+        <v>46</v>
+      </c>
+      <c r="F19" s="21" t="s">
+        <v>99</v>
+      </c>
+      <c r="G19" s="21" t="s">
+        <v>100</v>
+      </c>
+      <c r="H19" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="I19" s="43">
+        <v>2</v>
+      </c>
+      <c r="J19" s="66"/>
+      <c r="K19" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L19" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M19" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N19" s="43">
+        <v>50</v>
+      </c>
+      <c r="O19" s="43">
+        <v>50</v>
+      </c>
+      <c r="P19" s="75"/>
+      <c r="Q19" s="75"/>
+      <c r="R19" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="S19" s="21" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="63"/>
+      <c r="B20" s="69"/>
+      <c r="C20" s="42" t="s">
+        <v>102</v>
+      </c>
+      <c r="D20" s="22" t="s">
+        <v>103</v>
+      </c>
+      <c r="E20" s="22">
+        <v>44</v>
+      </c>
+      <c r="F20" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="G20" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="H20" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="I20" s="43">
+        <v>10</v>
+      </c>
+      <c r="J20" s="66"/>
+      <c r="K20" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L20" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M20" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N20" s="43">
+        <v>24</v>
+      </c>
+      <c r="O20" s="43">
+        <v>24</v>
+      </c>
+      <c r="P20" s="75"/>
+      <c r="Q20" s="75"/>
+      <c r="R20" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="S20" s="21" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="63"/>
+      <c r="B21" s="69"/>
+      <c r="C21" s="42" t="s">
+        <v>107</v>
+      </c>
+      <c r="D21" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="E21" s="22">
+        <v>48</v>
+      </c>
+      <c r="F21" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="G21" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="H21" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="I21" s="43">
+        <v>12</v>
+      </c>
+      <c r="J21" s="66"/>
+      <c r="K21" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L21" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M21" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N21" s="43">
+        <v>48</v>
+      </c>
+      <c r="O21" s="43">
+        <v>48</v>
+      </c>
+      <c r="P21" s="75"/>
+      <c r="Q21" s="75"/>
+      <c r="R21" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="S21" s="21" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="22" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="64"/>
+      <c r="B22" s="70"/>
+      <c r="C22" s="42" t="s">
+        <v>111</v>
+      </c>
+      <c r="D22" s="22" t="s">
+        <v>112</v>
+      </c>
+      <c r="E22" s="22">
+        <v>46</v>
+      </c>
+      <c r="F22" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="G22" s="21" t="s">
+        <v>114</v>
+      </c>
+      <c r="H22" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="I22" s="43">
+        <v>9</v>
+      </c>
+      <c r="J22" s="67"/>
+      <c r="K22" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L22" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M22" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N22" s="43">
+        <v>24</v>
+      </c>
+      <c r="O22" s="43">
+        <v>24</v>
+      </c>
+      <c r="P22" s="76"/>
+      <c r="Q22" s="76"/>
+      <c r="R22" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="S22" s="21" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19" s="50" customFormat="1" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="92" t="s">
+        <v>116</v>
+      </c>
+      <c r="B23" s="89" t="s">
+        <v>117</v>
+      </c>
+      <c r="C23" s="45" t="s">
+        <v>118</v>
+      </c>
+      <c r="D23" s="46" t="s">
+        <v>119</v>
+      </c>
+      <c r="E23" s="46">
+        <v>65</v>
+      </c>
+      <c r="F23" s="47" t="s">
+        <v>120</v>
+      </c>
+      <c r="G23" s="47" t="s">
+        <v>121</v>
+      </c>
+      <c r="H23" s="47" t="s">
+        <v>122</v>
+      </c>
+      <c r="I23" s="48">
+        <v>1</v>
+      </c>
+      <c r="J23" s="49">
+        <v>22000000</v>
+      </c>
+      <c r="K23" s="47" t="s">
+        <v>26</v>
+      </c>
+      <c r="L23" s="47" t="s">
+        <v>27</v>
+      </c>
+      <c r="M23" s="47" t="s">
+        <v>28</v>
+      </c>
+      <c r="N23" s="48">
+        <v>144</v>
+      </c>
+      <c r="O23" s="48">
+        <v>144</v>
+      </c>
+      <c r="P23" s="47" t="s">
+        <v>123</v>
+      </c>
+      <c r="Q23" s="47" t="s">
+        <v>124</v>
+      </c>
+      <c r="R23" s="47" t="s">
+        <v>125</v>
+      </c>
+      <c r="S23" s="26" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="93"/>
+      <c r="B24" s="90"/>
+      <c r="C24" s="42" t="s">
+        <v>127</v>
+      </c>
+      <c r="D24" s="22" t="s">
+        <v>128</v>
+      </c>
+      <c r="E24" s="22">
+        <v>43</v>
+      </c>
+      <c r="F24" s="21" t="s">
+        <v>129</v>
+      </c>
+      <c r="G24" s="21" t="s">
+        <v>130</v>
+      </c>
+      <c r="H24" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="I24" s="43">
+        <v>2</v>
+      </c>
+      <c r="J24" s="44">
+        <v>12000000</v>
+      </c>
+      <c r="K24" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L24" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M24" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N24" s="43">
+        <v>116</v>
+      </c>
+      <c r="O24" s="43">
+        <v>116</v>
+      </c>
+      <c r="P24" s="21" t="s">
+        <v>132</v>
+      </c>
+      <c r="Q24" s="21" t="s">
+        <v>133</v>
+      </c>
+      <c r="R24" s="21" t="s">
+        <v>134</v>
+      </c>
+      <c r="S24" s="24" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="93"/>
+      <c r="B25" s="90"/>
+      <c r="C25" s="42" t="s">
+        <v>136</v>
+      </c>
+      <c r="D25" s="22" t="s">
+        <v>137</v>
+      </c>
+      <c r="E25" s="22">
+        <v>64</v>
+      </c>
+      <c r="F25" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="G25" s="21" t="s">
+        <v>139</v>
+      </c>
+      <c r="H25" s="21" t="s">
+        <v>140</v>
+      </c>
+      <c r="I25" s="43">
+        <v>3</v>
+      </c>
+      <c r="J25" s="44">
+        <v>30000000</v>
+      </c>
+      <c r="K25" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="L25" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M25" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="N25" s="43">
+        <v>166</v>
+      </c>
+      <c r="O25" s="43">
+        <v>166</v>
+      </c>
+      <c r="P25" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q25" s="21" t="s">
+        <v>142</v>
+      </c>
+      <c r="R25" s="21" t="s">
+        <v>143</v>
+      </c>
+      <c r="S25" s="24" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="26" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="93"/>
+      <c r="B26" s="90"/>
+      <c r="C26" s="42" t="s">
+        <v>145</v>
+      </c>
+      <c r="D26" s="22" t="s">
+        <v>146</v>
+      </c>
+      <c r="E26" s="22">
+        <v>62</v>
+      </c>
+      <c r="F26" s="21" t="s">
+        <v>147</v>
+      </c>
+      <c r="G26" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="H26" s="21" t="s">
+        <v>149</v>
+      </c>
+      <c r="I26" s="43">
+        <v>4</v>
+      </c>
+      <c r="J26" s="44">
+        <v>30000000</v>
+      </c>
+      <c r="K26" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="L26" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M26" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="N26" s="43">
+        <v>210</v>
+      </c>
+      <c r="O26" s="43">
+        <v>210</v>
+      </c>
+      <c r="P26" s="21" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q26" s="21" t="s">
+        <v>151</v>
+      </c>
+      <c r="R26" s="21" t="s">
+        <v>152</v>
+      </c>
+      <c r="S26" s="24" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="27" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="93"/>
+      <c r="B27" s="90"/>
+      <c r="C27" s="42" t="s">
+        <v>154</v>
+      </c>
+      <c r="D27" s="22" t="s">
+        <v>155</v>
+      </c>
+      <c r="E27" s="22">
+        <v>67</v>
+      </c>
+      <c r="F27" s="21" t="s">
+        <v>156</v>
+      </c>
+      <c r="G27" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="H27" s="21" t="s">
         <v>25</v>
       </c>
-      <c r="H7" s="32" t="s">
+      <c r="I27" s="43">
+        <v>5</v>
+      </c>
+      <c r="J27" s="44">
+        <v>21897659</v>
+      </c>
+      <c r="K27" s="21" t="s">
         <v>26</v>
       </c>
-      <c r="I7" s="46">
+      <c r="L27" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M27" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="N27" s="43">
+        <v>90</v>
+      </c>
+      <c r="O27" s="43">
+        <v>107</v>
+      </c>
+      <c r="P27" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q27" s="21" t="s">
+        <v>157</v>
+      </c>
+      <c r="R27" s="21" t="s">
+        <v>158</v>
+      </c>
+      <c r="S27" s="24" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="28" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="93"/>
+      <c r="B28" s="90"/>
+      <c r="C28" s="42" t="s">
+        <v>160</v>
+      </c>
+      <c r="D28" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="E28" s="22">
+        <v>45</v>
+      </c>
+      <c r="F28" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="G28" s="21" t="s">
+        <v>163</v>
+      </c>
+      <c r="H28" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="I28" s="43">
+        <v>7</v>
+      </c>
+      <c r="J28" s="44">
+        <v>28000000</v>
+      </c>
+      <c r="K28" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L28" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="M28" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N28" s="43">
+        <v>175</v>
+      </c>
+      <c r="O28" s="43">
+        <v>175</v>
+      </c>
+      <c r="P28" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="Q28" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="R28" s="21" t="s">
+        <v>168</v>
+      </c>
+      <c r="S28" s="24" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="29" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="93"/>
+      <c r="B29" s="90"/>
+      <c r="C29" s="42" t="s">
+        <v>176</v>
+      </c>
+      <c r="D29" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E29" s="22">
+        <v>61.5</v>
+      </c>
+      <c r="F29" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="G29" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="H29" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="I29" s="43">
+        <v>10</v>
+      </c>
+      <c r="J29" s="44">
+        <v>30000000</v>
+      </c>
+      <c r="K29" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="L29" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M29" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="N29" s="43">
+        <v>146</v>
+      </c>
+      <c r="O29" s="43">
+        <v>146</v>
+      </c>
+      <c r="P29" s="21" t="s">
+        <v>181</v>
+      </c>
+      <c r="Q29" s="21" t="s">
+        <v>182</v>
+      </c>
+      <c r="R29" s="21" t="s">
+        <v>183</v>
+      </c>
+      <c r="S29" s="24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="30" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="93"/>
+      <c r="B30" s="90"/>
+      <c r="C30" s="42" t="s">
+        <v>185</v>
+      </c>
+      <c r="D30" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="E30" s="22">
+        <v>38</v>
+      </c>
+      <c r="F30" s="21" t="s">
+        <v>187</v>
+      </c>
+      <c r="G30" s="21" t="s">
+        <v>188</v>
+      </c>
+      <c r="H30" s="21" t="s">
+        <v>189</v>
+      </c>
+      <c r="I30" s="43">
+        <v>11</v>
+      </c>
+      <c r="J30" s="44">
+        <v>30000000</v>
+      </c>
+      <c r="K30" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L30" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M30" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N30" s="43">
+        <v>207</v>
+      </c>
+      <c r="O30" s="43">
+        <v>207</v>
+      </c>
+      <c r="P30" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="Q30" s="21" t="s">
+        <v>191</v>
+      </c>
+      <c r="R30" s="21" t="s">
+        <v>192</v>
+      </c>
+      <c r="S30" s="24" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="31" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="93"/>
+      <c r="B31" s="90"/>
+      <c r="C31" s="42" t="s">
+        <v>194</v>
+      </c>
+      <c r="D31" s="22" t="s">
+        <v>195</v>
+      </c>
+      <c r="E31" s="22">
+        <v>63</v>
+      </c>
+      <c r="F31" s="21" t="s">
+        <v>196</v>
+      </c>
+      <c r="G31" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="H31" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="I31" s="43">
+        <v>12</v>
+      </c>
+      <c r="J31" s="44">
+        <v>30000000</v>
+      </c>
+      <c r="K31" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="L31" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M31" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="N31" s="43">
+        <v>236</v>
+      </c>
+      <c r="O31" s="43">
+        <v>236</v>
+      </c>
+      <c r="P31" s="21" t="s">
+        <v>199</v>
+      </c>
+      <c r="Q31" s="21" t="s">
+        <v>200</v>
+      </c>
+      <c r="R31" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="S31" s="24" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="32" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="93"/>
+      <c r="B32" s="90"/>
+      <c r="C32" s="42" t="s">
+        <v>203</v>
+      </c>
+      <c r="D32" s="22" t="s">
+        <v>204</v>
+      </c>
+      <c r="E32" s="22">
+        <v>62</v>
+      </c>
+      <c r="F32" s="21" t="s">
+        <v>205</v>
+      </c>
+      <c r="G32" s="21" t="s">
+        <v>206</v>
+      </c>
+      <c r="H32" s="21" t="s">
+        <v>207</v>
+      </c>
+      <c r="I32" s="43">
+        <v>13</v>
+      </c>
+      <c r="J32" s="44">
+        <v>16500000</v>
+      </c>
+      <c r="K32" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="L32" s="21" t="s">
+        <v>208</v>
+      </c>
+      <c r="M32" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="N32" s="43">
+        <v>119</v>
+      </c>
+      <c r="O32" s="43">
+        <v>119</v>
+      </c>
+      <c r="P32" s="21" t="s">
+        <v>209</v>
+      </c>
+      <c r="Q32" s="21" t="s">
+        <v>210</v>
+      </c>
+      <c r="R32" s="21" t="s">
+        <v>211</v>
+      </c>
+      <c r="S32" s="24" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="33" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="94"/>
+      <c r="B33" s="91"/>
+      <c r="C33" s="42" t="s">
+        <v>213</v>
+      </c>
+      <c r="D33" s="22" t="s">
+        <v>214</v>
+      </c>
+      <c r="E33" s="22">
+        <v>61</v>
+      </c>
+      <c r="F33" s="21" t="s">
+        <v>215</v>
+      </c>
+      <c r="G33" s="21" t="s">
+        <v>216</v>
+      </c>
+      <c r="H33" s="21" t="s">
+        <v>217</v>
+      </c>
+      <c r="I33" s="43">
+        <v>14</v>
+      </c>
+      <c r="J33" s="44">
+        <v>30000000</v>
+      </c>
+      <c r="K33" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="L33" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M33" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="N33" s="43">
+        <v>96</v>
+      </c>
+      <c r="O33" s="43">
+        <v>96</v>
+      </c>
+      <c r="P33" s="21" t="s">
+        <v>218</v>
+      </c>
+      <c r="Q33" s="21" t="s">
+        <v>219</v>
+      </c>
+      <c r="R33" s="21" t="s">
+        <v>220</v>
+      </c>
+      <c r="S33" s="24" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="34" spans="1:19" s="50" customFormat="1" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="80" t="s">
+        <v>222</v>
+      </c>
+      <c r="B34" s="77" t="s">
+        <v>223</v>
+      </c>
+      <c r="C34" s="45" t="s">
+        <v>224</v>
+      </c>
+      <c r="D34" s="46" t="s">
+        <v>225</v>
+      </c>
+      <c r="E34" s="46">
+        <v>48</v>
+      </c>
+      <c r="F34" s="47" t="s">
+        <v>226</v>
+      </c>
+      <c r="G34" s="47" t="s">
+        <v>24</v>
+      </c>
+      <c r="H34" s="47" t="s">
+        <v>25</v>
+      </c>
+      <c r="I34" s="48">
         <v>5</v>
       </c>
-      <c r="J7" s="47">
-[...2 lines deleted...]
-      <c r="K7" s="32" t="s">
+      <c r="J34" s="49">
+        <v>28700000</v>
+      </c>
+      <c r="K34" s="47" t="s">
+        <v>52</v>
+      </c>
+      <c r="L34" s="47" t="s">
         <v>27</v>
       </c>
-      <c r="L7" s="32" t="s">
+      <c r="M34" s="47" t="s">
+        <v>53</v>
+      </c>
+      <c r="N34" s="48">
+        <v>163</v>
+      </c>
+      <c r="O34" s="48">
+        <v>269</v>
+      </c>
+      <c r="P34" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q34" s="47" t="s">
+        <v>227</v>
+      </c>
+      <c r="R34" s="47" t="s">
+        <v>228</v>
+      </c>
+      <c r="S34" s="26" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="35" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="81"/>
+      <c r="B35" s="78"/>
+      <c r="C35" s="42" t="s">
+        <v>230</v>
+      </c>
+      <c r="D35" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="E35" s="22">
+        <v>48</v>
+      </c>
+      <c r="F35" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G35" s="21" t="s">
+        <v>233</v>
+      </c>
+      <c r="H35" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="I35" s="43">
+        <v>5</v>
+      </c>
+      <c r="J35" s="44">
+        <v>26000000</v>
+      </c>
+      <c r="K35" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L35" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M35" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N35" s="43">
+        <v>118</v>
+      </c>
+      <c r="O35" s="43">
+        <v>199</v>
+      </c>
+      <c r="P35" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q35" s="21" t="s">
+        <v>227</v>
+      </c>
+      <c r="R35" s="21" t="s">
+        <v>228</v>
+      </c>
+      <c r="S35" s="24" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="36" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="81"/>
+      <c r="B36" s="78"/>
+      <c r="C36" s="42" t="s">
+        <v>234</v>
+      </c>
+      <c r="D36" s="22" t="s">
+        <v>235</v>
+      </c>
+      <c r="E36" s="22">
+        <v>46</v>
+      </c>
+      <c r="F36" s="21" t="s">
+        <v>236</v>
+      </c>
+      <c r="G36" s="21" t="s">
+        <v>237</v>
+      </c>
+      <c r="H36" s="21" t="s">
+        <v>238</v>
+      </c>
+      <c r="I36" s="43">
+        <v>1</v>
+      </c>
+      <c r="J36" s="44">
+        <v>17000000</v>
+      </c>
+      <c r="K36" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L36" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M36" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N36" s="43">
+        <v>94</v>
+      </c>
+      <c r="O36" s="43">
+        <v>94</v>
+      </c>
+      <c r="P36" s="21" t="s">
+        <v>239</v>
+      </c>
+      <c r="Q36" s="21" t="s">
+        <v>240</v>
+      </c>
+      <c r="R36" s="21" t="s">
+        <v>241</v>
+      </c>
+      <c r="S36" s="24" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="37" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="81"/>
+      <c r="B37" s="78"/>
+      <c r="C37" s="42" t="s">
+        <v>243</v>
+      </c>
+      <c r="D37" s="22" t="s">
+        <v>244</v>
+      </c>
+      <c r="E37" s="22">
+        <v>44</v>
+      </c>
+      <c r="F37" s="21" t="s">
+        <v>245</v>
+      </c>
+      <c r="G37" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="H37" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="I37" s="43">
+        <v>5</v>
+      </c>
+      <c r="J37" s="44">
+        <v>18410000</v>
+      </c>
+      <c r="K37" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L37" s="21" t="s">
+        <v>208</v>
+      </c>
+      <c r="M37" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N37" s="43">
+        <v>152</v>
+      </c>
+      <c r="O37" s="43">
+        <v>153</v>
+      </c>
+      <c r="P37" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q37" s="21" t="s">
+        <v>246</v>
+      </c>
+      <c r="R37" s="21" t="s">
+        <v>247</v>
+      </c>
+      <c r="S37" s="24" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="38" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="81"/>
+      <c r="B38" s="78"/>
+      <c r="C38" s="42" t="s">
+        <v>249</v>
+      </c>
+      <c r="D38" s="22" t="s">
+        <v>250</v>
+      </c>
+      <c r="E38" s="22">
+        <v>44</v>
+      </c>
+      <c r="F38" s="21" t="s">
+        <v>251</v>
+      </c>
+      <c r="G38" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="H38" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="I38" s="43">
+        <v>12</v>
+      </c>
+      <c r="J38" s="44">
+        <v>24000000</v>
+      </c>
+      <c r="K38" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L38" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="M38" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N38" s="43">
+        <v>202</v>
+      </c>
+      <c r="O38" s="43">
+        <v>203</v>
+      </c>
+      <c r="P38" s="21" t="s">
+        <v>199</v>
+      </c>
+      <c r="Q38" s="21" t="s">
+        <v>252</v>
+      </c>
+      <c r="R38" s="21" t="s">
+        <v>253</v>
+      </c>
+      <c r="S38" s="24" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="39" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="81"/>
+      <c r="B39" s="78"/>
+      <c r="C39" s="42" t="s">
+        <v>255</v>
+      </c>
+      <c r="D39" s="22" t="s">
+        <v>256</v>
+      </c>
+      <c r="E39" s="22">
+        <v>43</v>
+      </c>
+      <c r="F39" s="21" t="s">
+        <v>257</v>
+      </c>
+      <c r="G39" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="H39" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="I39" s="43">
+        <v>5</v>
+      </c>
+      <c r="J39" s="44">
+        <v>13500000</v>
+      </c>
+      <c r="K39" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L39" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="M39" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N39" s="43">
+        <v>118</v>
+      </c>
+      <c r="O39" s="43">
+        <v>121</v>
+      </c>
+      <c r="P39" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q39" s="21" t="s">
+        <v>258</v>
+      </c>
+      <c r="R39" s="21" t="s">
+        <v>183</v>
+      </c>
+      <c r="S39" s="24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="40" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="81"/>
+      <c r="B40" s="78"/>
+      <c r="C40" s="42" t="s">
+        <v>259</v>
+      </c>
+      <c r="D40" s="22" t="s">
+        <v>260</v>
+      </c>
+      <c r="E40" s="22">
+        <v>42</v>
+      </c>
+      <c r="F40" s="21" t="s">
+        <v>261</v>
+      </c>
+      <c r="G40" s="21" t="s">
+        <v>139</v>
+      </c>
+      <c r="H40" s="21" t="s">
+        <v>140</v>
+      </c>
+      <c r="I40" s="43">
+        <v>3</v>
+      </c>
+      <c r="J40" s="44">
+        <v>30000000</v>
+      </c>
+      <c r="K40" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L40" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M40" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N40" s="43">
+        <v>264</v>
+      </c>
+      <c r="O40" s="43">
+        <v>264</v>
+      </c>
+      <c r="P40" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q40" s="21" t="s">
+        <v>262</v>
+      </c>
+      <c r="R40" s="21" t="s">
+        <v>263</v>
+      </c>
+      <c r="S40" s="21" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="41" spans="1:19" s="56" customFormat="1" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="82"/>
+      <c r="B41" s="79"/>
+      <c r="C41" s="51" t="s">
+        <v>265</v>
+      </c>
+      <c r="D41" s="52" t="s">
+        <v>266</v>
+      </c>
+      <c r="E41" s="52">
+        <v>42</v>
+      </c>
+      <c r="F41" s="53" t="s">
+        <v>267</v>
+      </c>
+      <c r="G41" s="53" t="s">
+        <v>197</v>
+      </c>
+      <c r="H41" s="53" t="s">
+        <v>198</v>
+      </c>
+      <c r="I41" s="54">
+        <v>12</v>
+      </c>
+      <c r="J41" s="55">
+        <v>18000000</v>
+      </c>
+      <c r="K41" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="L41" s="53" t="s">
+        <v>63</v>
+      </c>
+      <c r="M41" s="53" t="s">
+        <v>53</v>
+      </c>
+      <c r="N41" s="54">
+        <v>135</v>
+      </c>
+      <c r="O41" s="54">
+        <v>135</v>
+      </c>
+      <c r="P41" s="53" t="s">
+        <v>199</v>
+      </c>
+      <c r="Q41" s="53" t="s">
+        <v>252</v>
+      </c>
+      <c r="R41" s="53" t="s">
+        <v>253</v>
+      </c>
+      <c r="S41" s="27" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="42" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="83" t="s">
+        <v>268</v>
+      </c>
+      <c r="B42" s="86" t="s">
+        <v>269</v>
+      </c>
+      <c r="C42" s="42" t="s">
+        <v>270</v>
+      </c>
+      <c r="D42" s="22" t="s">
+        <v>271</v>
+      </c>
+      <c r="E42" s="22">
+        <v>66</v>
+      </c>
+      <c r="F42" s="21" t="s">
+        <v>272</v>
+      </c>
+      <c r="G42" s="21" t="s">
+        <v>233</v>
+      </c>
+      <c r="H42" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="I42" s="43">
+        <v>5</v>
+      </c>
+      <c r="J42" s="57">
+        <v>30000000</v>
+      </c>
+      <c r="K42" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="L42" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="M42" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="M7" s="32" t="s">
+      <c r="N42" s="43">
+        <v>148</v>
+      </c>
+      <c r="O42" s="43">
+        <v>148</v>
+      </c>
+      <c r="P42" s="21" t="s">
         <v>29</v>
       </c>
-      <c r="N7" s="46">
-[...27 lines deleted...]
-      <c r="E8" s="29">
+      <c r="Q42" s="21" t="s">
+        <v>273</v>
+      </c>
+      <c r="R42" s="21" t="s">
+        <v>274</v>
+      </c>
+      <c r="S42" s="24" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="43" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="84"/>
+      <c r="B43" s="87"/>
+      <c r="C43" s="42" t="s">
+        <v>276</v>
+      </c>
+      <c r="D43" s="22" t="s">
+        <v>277</v>
+      </c>
+      <c r="E43" s="22">
+        <v>41</v>
+      </c>
+      <c r="F43" s="21" t="s">
+        <v>278</v>
+      </c>
+      <c r="G43" s="21" t="s">
+        <v>279</v>
+      </c>
+      <c r="H43" s="21" t="s">
+        <v>280</v>
+      </c>
+      <c r="I43" s="43">
+        <v>14</v>
+      </c>
+      <c r="J43" s="44">
+        <v>16000000</v>
+      </c>
+      <c r="K43" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L43" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M43" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N43" s="43">
+        <v>130</v>
+      </c>
+      <c r="O43" s="43">
+        <v>130</v>
+      </c>
+      <c r="P43" s="21" t="s">
+        <v>281</v>
+      </c>
+      <c r="Q43" s="21" t="s">
+        <v>282</v>
+      </c>
+      <c r="R43" s="21" t="s">
+        <v>283</v>
+      </c>
+      <c r="S43" s="24" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="44" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="84"/>
+      <c r="B44" s="87"/>
+      <c r="C44" s="42" t="s">
+        <v>285</v>
+      </c>
+      <c r="D44" s="22" t="s">
+        <v>286</v>
+      </c>
+      <c r="E44" s="22">
+        <v>65</v>
+      </c>
+      <c r="F44" s="21" t="s">
+        <v>287</v>
+      </c>
+      <c r="G44" s="21" t="s">
+        <v>233</v>
+      </c>
+      <c r="H44" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="I44" s="43">
+        <v>5</v>
+      </c>
+      <c r="J44" s="44">
+        <v>20600000</v>
+      </c>
+      <c r="K44" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="L44" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M44" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="N44" s="43">
+        <v>144</v>
+      </c>
+      <c r="O44" s="43">
+        <v>144</v>
+      </c>
+      <c r="P44" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q44" s="21" t="s">
+        <v>288</v>
+      </c>
+      <c r="R44" s="21" t="s">
+        <v>289</v>
+      </c>
+      <c r="S44" s="24" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="84"/>
+      <c r="B45" s="87"/>
+      <c r="C45" s="42" t="s">
+        <v>291</v>
+      </c>
+      <c r="D45" s="22" t="s">
+        <v>292</v>
+      </c>
+      <c r="E45" s="22">
+        <v>41</v>
+      </c>
+      <c r="F45" s="21" t="s">
+        <v>293</v>
+      </c>
+      <c r="G45" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="H45" s="21" t="s">
+        <v>294</v>
+      </c>
+      <c r="I45" s="43">
+        <v>2</v>
+      </c>
+      <c r="J45" s="57">
+        <v>14480000</v>
+      </c>
+      <c r="K45" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L45" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M45" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N45" s="43">
+        <v>140</v>
+      </c>
+      <c r="O45" s="43">
+        <v>140</v>
+      </c>
+      <c r="P45" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q45" s="21" t="s">
+        <v>295</v>
+      </c>
+      <c r="R45" s="21" t="s">
+        <v>296</v>
+      </c>
+      <c r="S45" s="24" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="84"/>
+      <c r="B46" s="87"/>
+      <c r="C46" s="42" t="s">
+        <v>298</v>
+      </c>
+      <c r="D46" s="22" t="s">
+        <v>299</v>
+      </c>
+      <c r="E46" s="22">
+        <v>64</v>
+      </c>
+      <c r="F46" s="21" t="s">
+        <v>300</v>
+      </c>
+      <c r="G46" s="21" t="s">
+        <v>301</v>
+      </c>
+      <c r="H46" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="I46" s="43">
+        <v>13</v>
+      </c>
+      <c r="J46" s="57">
+        <v>30000000</v>
+      </c>
+      <c r="K46" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="L46" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="M46" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="N46" s="43">
+        <v>179</v>
+      </c>
+      <c r="O46" s="43">
+        <v>180</v>
+      </c>
+      <c r="P46" s="21" t="s">
+        <v>302</v>
+      </c>
+      <c r="Q46" s="21" t="s">
+        <v>303</v>
+      </c>
+      <c r="R46" s="21" t="s">
+        <v>304</v>
+      </c>
+      <c r="S46" s="24" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="84"/>
+      <c r="B47" s="87"/>
+      <c r="C47" s="42" t="s">
+        <v>306</v>
+      </c>
+      <c r="D47" s="22" t="s">
+        <v>307</v>
+      </c>
+      <c r="E47" s="22">
+        <v>40</v>
+      </c>
+      <c r="F47" s="21" t="s">
+        <v>308</v>
+      </c>
+      <c r="G47" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="H47" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="I47" s="43">
+        <v>5</v>
+      </c>
+      <c r="J47" s="57">
+        <v>10807000</v>
+      </c>
+      <c r="K47" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="L47" s="21" t="s">
+        <v>208</v>
+      </c>
+      <c r="M47" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N47" s="43">
+        <v>100</v>
+      </c>
+      <c r="O47" s="43">
+        <v>100</v>
+      </c>
+      <c r="P47" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q47" s="21" t="s">
+        <v>309</v>
+      </c>
+      <c r="R47" s="21" t="s">
+        <v>310</v>
+      </c>
+      <c r="S47" s="24" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="48" spans="1:19" s="56" customFormat="1" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="85"/>
+      <c r="B48" s="88"/>
+      <c r="C48" s="51" t="s">
+        <v>312</v>
+      </c>
+      <c r="D48" s="52" t="s">
+        <v>313</v>
+      </c>
+      <c r="E48" s="52">
         <v>63.5</v>
       </c>
-      <c r="F8" s="28" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="28" t="s">
+      <c r="F48" s="53" t="s">
+        <v>314</v>
+      </c>
+      <c r="G48" s="53" t="s">
+        <v>24</v>
+      </c>
+      <c r="H48" s="53" t="s">
         <v>25</v>
       </c>
-      <c r="H8" s="28" t="s">
+      <c r="I48" s="54">
+        <v>5</v>
+      </c>
+      <c r="J48" s="55">
+        <v>30000000</v>
+      </c>
+      <c r="K48" s="53" t="s">
         <v>26</v>
       </c>
-      <c r="I8" s="50">
-[...5 lines deleted...]
-      <c r="K8" s="28" t="s">
+      <c r="L48" s="53" t="s">
         <v>27</v>
       </c>
-      <c r="L8" s="28" t="s">
+      <c r="M48" s="53" t="s">
         <v>28</v>
       </c>
-      <c r="M8" s="28" t="s">
+      <c r="N48" s="54">
+        <v>130</v>
+      </c>
+      <c r="O48" s="54">
+        <v>130</v>
+      </c>
+      <c r="P48" s="53" t="s">
         <v>29</v>
       </c>
-      <c r="N8" s="50">
-[...2158 lines deleted...]
-      <c r="S48" s="31" t="s">
+      <c r="Q48" s="53" t="s">
         <v>315</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C49" s="58" t="s">
+      <c r="R48" s="53" t="s">
         <v>316</v>
       </c>
-      <c r="D49" s="59" t="s">
+      <c r="S48" s="27" t="s">
         <v>317</v>
-      </c>
-[...43 lines deleted...]
-        <v>321</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="P10:P22"/>
     <mergeCell ref="Q10:Q22"/>
-    <mergeCell ref="B35:B42"/>
-[...4 lines deleted...]
-    <mergeCell ref="A23:A34"/>
+    <mergeCell ref="B34:B41"/>
+    <mergeCell ref="A34:A41"/>
+    <mergeCell ref="A42:A48"/>
+    <mergeCell ref="B42:B48"/>
+    <mergeCell ref="B23:B33"/>
+    <mergeCell ref="A23:A33"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="B7:B9"/>
     <mergeCell ref="A10:A22"/>
     <mergeCell ref="J10:J22"/>
     <mergeCell ref="B10:B22"/>
     <mergeCell ref="A7:A9"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="S38" r:id="rId1" xr:uid="{8FCE8300-E66D-48E2-8080-A881120C0D20}"/>
-[...3 lines deleted...]
-    <hyperlink ref="S44" r:id="rId5" xr:uid="{8BBCF92A-B2FA-4C2A-9A1C-154D93D66F32}"/>
+    <hyperlink ref="S37" r:id="rId1" xr:uid="{8FCE8300-E66D-48E2-8080-A881120C0D20}"/>
+    <hyperlink ref="S33" r:id="rId2" xr:uid="{B877DD1B-B823-4A62-9D42-FD3124862B96}"/>
+    <hyperlink ref="S44" r:id="rId3" xr:uid="{03C323CB-E904-4555-A786-23ACD49A982D}"/>
+    <hyperlink ref="S42" r:id="rId4" xr:uid="{C7CA8AAF-8C62-44AF-9473-7CAE1DE53F16}"/>
+    <hyperlink ref="S43" r:id="rId5" xr:uid="{8BBCF92A-B2FA-4C2A-9A1C-154D93D66F32}"/>
     <hyperlink ref="S24" r:id="rId6" xr:uid="{9685FF4E-14ED-4556-8F9D-7E1EF5DFC798}"/>
-    <hyperlink ref="S46" r:id="rId7" xr:uid="{2FC12296-CB3F-45CD-94CA-8EAED923494F}"/>
+    <hyperlink ref="S45" r:id="rId7" xr:uid="{2FC12296-CB3F-45CD-94CA-8EAED923494F}"/>
     <hyperlink ref="S7" r:id="rId8" xr:uid="{FAAB0EAF-C755-4887-8913-F7FA935D4CA1}"/>
-    <hyperlink ref="S49" r:id="rId9" xr:uid="{E2405459-79EF-48A0-A43A-7EFCCB564BE5}"/>
+    <hyperlink ref="S48" r:id="rId9" xr:uid="{E2405459-79EF-48A0-A43A-7EFCCB564BE5}"/>
     <hyperlink ref="S28" r:id="rId10" xr:uid="{B64C3016-D96E-472C-BED1-E01CB5E90458}"/>
     <hyperlink ref="S8" r:id="rId11" xr:uid="{7BB0B3F8-F045-4322-A094-2D613BF1934B}"/>
-    <hyperlink ref="S47" r:id="rId12" xr:uid="{A5988601-FBEE-4E9C-8E9E-7F7F1B70F297}"/>
-[...5 lines deleted...]
-    <hyperlink ref="S36" r:id="rId18" xr:uid="{7C875139-0C48-431B-969B-14C88A586073}"/>
+    <hyperlink ref="S46" r:id="rId12" xr:uid="{A5988601-FBEE-4E9C-8E9E-7F7F1B70F297}"/>
+    <hyperlink ref="S39" r:id="rId13" xr:uid="{84736DBE-3824-438A-A3E3-3495AD946DB1}"/>
+    <hyperlink ref="S47" r:id="rId14" xr:uid="{96F77230-797C-409A-9F11-50F3AE15D06A}"/>
+    <hyperlink ref="S32" r:id="rId15" xr:uid="{7E336FA3-8008-425D-B421-2181CBD6C4C8}"/>
+    <hyperlink ref="S29" r:id="rId16" xr:uid="{1FCEEE44-D1D2-44CA-995E-284C5211F3B5}"/>
+    <hyperlink ref="S34" r:id="rId17" xr:uid="{6BD5BBEB-803C-4BEC-98C0-7A9EAD4D8E81}"/>
+    <hyperlink ref="S35" r:id="rId18" xr:uid="{7C875139-0C48-431B-969B-14C88A586073}"/>
     <hyperlink ref="S9" r:id="rId19" xr:uid="{14C7E62D-33AC-4262-93A8-3AAE9C185D48}"/>
-    <hyperlink ref="S32" r:id="rId20" xr:uid="{7681D75E-AC73-498D-BAE9-2A8A8AFBA8E9}"/>
-[...8 lines deleted...]
-    <hyperlink ref="S31" r:id="rId29" xr:uid="{0EAAA353-D3AD-4054-9D74-86663C103A47}"/>
+    <hyperlink ref="S31" r:id="rId20" xr:uid="{7681D75E-AC73-498D-BAE9-2A8A8AFBA8E9}"/>
+    <hyperlink ref="S26" r:id="rId21" xr:uid="{45A6CC88-ACED-4B2D-A239-C4189126A00A}"/>
+    <hyperlink ref="S23" r:id="rId22" xr:uid="{8E4B35C3-5044-4E7E-BF87-351F16C0D3DE}"/>
+    <hyperlink ref="S25" r:id="rId23" xr:uid="{AE9CE3F7-A8C5-4ED1-AAAE-BC468843B916}"/>
+    <hyperlink ref="S36" r:id="rId24" xr:uid="{37711582-559F-458B-AF89-15E71BB4927B}"/>
+    <hyperlink ref="S38" r:id="rId25" xr:uid="{8E87C9D2-D2B4-4D36-99C0-B35CDE52B73E}"/>
+    <hyperlink ref="S27" r:id="rId26" xr:uid="{2985CE5F-4A22-4D78-90AF-25A3BF54BD2A}"/>
+    <hyperlink ref="S41" r:id="rId27" xr:uid="{77CD20F9-DDAB-49C7-9457-DCDF1612D824}"/>
+    <hyperlink ref="S30" r:id="rId28" xr:uid="{0EAAA353-D3AD-4054-9D74-86663C103A47}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="17" scale="36" orientation="landscape" verticalDpi="0" r:id="rId30"/>
-  <drawing r:id="rId31"/>
+  <pageSetup paperSize="17" scale="36" orientation="landscape" verticalDpi="0" r:id="rId29"/>
+  <drawing r:id="rId30"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9934BEBB-8D2A-4014-BA1B-13A17EBAA4EC}">
-  <dimension ref="A2:O36"/>
+  <dimension ref="A2:O37"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="H25" sqref="H25"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="O4" sqref="O4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="56.42578125" style="5" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="16" max="16384" width="8.85546875" style="5"/>
+    <col min="1" max="1" width="56.44140625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="14" customWidth="1"/>
+    <col min="3" max="3" width="12.6640625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="29.5546875" style="5" customWidth="1"/>
+    <col min="5" max="5" width="21.33203125" style="5" customWidth="1"/>
+    <col min="6" max="6" width="11.88671875" style="10" customWidth="1"/>
+    <col min="7" max="7" width="10.33203125" style="10" customWidth="1"/>
+    <col min="8" max="8" width="23.109375" style="10" customWidth="1"/>
+    <col min="9" max="9" width="12.6640625" style="13" customWidth="1"/>
+    <col min="10" max="10" width="11.6640625" style="10" customWidth="1"/>
+    <col min="11" max="11" width="15.6640625" style="10" customWidth="1"/>
+    <col min="12" max="13" width="16.33203125" style="10" customWidth="1"/>
+    <col min="14" max="14" width="10.88671875" style="10" customWidth="1"/>
+    <col min="15" max="15" width="26.6640625" style="10" customWidth="1"/>
+    <col min="16" max="16384" width="8.88671875" style="5"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:15" s="2" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.35">
       <c r="A2" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="I2" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="K2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L2" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M2" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="O2" s="1" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="3" spans="1:15" s="6" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="B3" s="8">
+        <v>65</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="E3" s="7" t="s">
+        <v>172</v>
+      </c>
+      <c r="F3" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="G3" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="H3" s="8">
+        <v>8</v>
+      </c>
+      <c r="I3" s="9">
+        <v>13400000</v>
+      </c>
+      <c r="J3" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K3" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L3" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="M3" s="11">
+        <v>96</v>
+      </c>
+      <c r="N3" s="11">
+        <v>96</v>
+      </c>
+      <c r="O3" s="6" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" s="6" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="B4" s="8">
+        <v>63</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>321</v>
+      </c>
+      <c r="D4" s="7" t="s">
         <v>322</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="E4" s="7" t="s">
+        <v>323</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" s="8">
         <v>5</v>
       </c>
-      <c r="C2" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G2" s="1" t="s">
+      <c r="I4" s="9">
+        <v>29600000</v>
+      </c>
+      <c r="J4" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K4" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="M4" s="11">
+        <v>159</v>
+      </c>
+      <c r="N4" s="11">
+        <v>159</v>
+      </c>
+      <c r="O4" s="6" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A5" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="B5" s="8">
+        <v>61</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>325</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>326</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="F5" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="G5" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="H5" s="8">
+        <v>13</v>
+      </c>
+      <c r="I5" s="12">
+        <v>22000000</v>
+      </c>
+      <c r="J5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K5" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="M5" s="11">
+        <v>150</v>
+      </c>
+      <c r="N5" s="11">
+        <v>150</v>
+      </c>
+      <c r="O5" s="6" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A6" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="B6" s="8">
+        <v>60.5</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>331</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>332</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>333</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="H6" s="8">
+        <v>5</v>
+      </c>
+      <c r="I6" s="12">
+        <v>24000000</v>
+      </c>
+      <c r="J6" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="M6" s="11">
+        <v>110</v>
+      </c>
+      <c r="N6" s="11">
+        <v>111</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A7" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="B7" s="8">
+        <v>54.5</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>335</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>336</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>337</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="H7" s="8">
+        <v>5</v>
+      </c>
+      <c r="I7" s="12">
+        <v>23000000</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="M7" s="11">
+        <v>101</v>
+      </c>
+      <c r="N7" s="11">
+        <v>102</v>
+      </c>
+      <c r="O7" s="6" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A8" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="B8" s="8">
+        <v>53.5</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>338</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>339</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>340</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="H8" s="8">
+        <v>14</v>
+      </c>
+      <c r="I8" s="12">
+        <v>20000000</v>
+      </c>
+      <c r="J8" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="M8" s="11">
+        <v>150</v>
+      </c>
+      <c r="N8" s="11">
+        <v>150</v>
+      </c>
+      <c r="O8" s="6" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A9" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="B9" s="8">
+        <v>51</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>342</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>343</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>344</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="G9" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="H9" s="8">
         <v>8</v>
       </c>
-      <c r="H2" s="1" t="s">
-[...11 lines deleted...]
-      <c r="L2" s="1" t="s">
+      <c r="I9" s="12">
+        <v>16580000</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="M9" s="11">
+        <v>128</v>
+      </c>
+      <c r="N9" s="11">
+        <v>128</v>
+      </c>
+      <c r="O9" s="6" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A10" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="B10" s="8">
+        <v>50</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>349</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>350</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="H10" s="8">
+        <v>5</v>
+      </c>
+      <c r="I10" s="12">
+        <v>28000000</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K10" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="M10" s="11">
+        <v>203</v>
+      </c>
+      <c r="N10" s="11">
+        <v>203</v>
+      </c>
+      <c r="O10" s="6" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A11" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="B11" s="8">
+        <v>49.5</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>352</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>353</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>354</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="G11" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="H11" s="8">
+        <v>5</v>
+      </c>
+      <c r="I11" s="12">
+        <v>18750000</v>
+      </c>
+      <c r="J11" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="M11" s="11">
+        <v>132</v>
+      </c>
+      <c r="N11" s="11">
+        <v>132</v>
+      </c>
+      <c r="O11" s="6" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A12" s="17" t="s">
+        <v>356</v>
+      </c>
+      <c r="B12" s="16">
+        <v>45</v>
+      </c>
+      <c r="C12" s="17" t="s">
+        <v>357</v>
+      </c>
+      <c r="D12" s="17" t="s">
+        <v>358</v>
+      </c>
+      <c r="E12" s="17" t="s">
+        <v>359</v>
+      </c>
+      <c r="F12" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="G12" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H12" s="16">
+        <v>5</v>
+      </c>
+      <c r="I12" s="19">
+        <v>27500000</v>
+      </c>
+      <c r="J12" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K12" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="L12" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="M12" s="20">
+        <v>162</v>
+      </c>
+      <c r="N12" s="20">
+        <v>216</v>
+      </c>
+      <c r="O12" s="18" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="15" t="s">
+        <v>361</v>
+      </c>
+      <c r="B13" s="16">
+        <v>50</v>
+      </c>
+      <c r="C13" s="17" t="s">
+        <v>362</v>
+      </c>
+      <c r="D13" s="17" t="s">
+        <v>363</v>
+      </c>
+      <c r="E13" s="17" t="s">
+        <v>364</v>
+      </c>
+      <c r="F13" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="G13" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H13" s="16">
+        <v>5</v>
+      </c>
+      <c r="I13" s="19">
+        <v>41000000</v>
+      </c>
+      <c r="J13" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K13" s="18" t="s">
+        <v>365</v>
+      </c>
+      <c r="L13" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="M13" s="20">
+        <v>188</v>
+      </c>
+      <c r="N13" s="20">
+        <v>195</v>
+      </c>
+      <c r="O13" s="18" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" s="17" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="B14" s="16">
+        <v>62</v>
+      </c>
+      <c r="C14" s="17" t="s">
+        <v>367</v>
+      </c>
+      <c r="D14" s="17" t="s">
+        <v>368</v>
+      </c>
+      <c r="E14" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="F14" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="G14" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H14" s="16">
+        <v>5</v>
+      </c>
+      <c r="I14" s="19">
+        <v>35000000</v>
+      </c>
+      <c r="J14" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K14" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="L14" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="M14" s="20">
+        <v>196</v>
+      </c>
+      <c r="N14" s="20">
+        <v>196</v>
+      </c>
+      <c r="O14" s="18" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A15" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="B15" s="16">
+        <v>51.5</v>
+      </c>
+      <c r="C15" s="17" t="s">
+        <v>371</v>
+      </c>
+      <c r="D15" s="17" t="s">
+        <v>372</v>
+      </c>
+      <c r="E15" s="17" t="s">
+        <v>373</v>
+      </c>
+      <c r="F15" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="G15" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H15" s="16">
+        <v>5</v>
+      </c>
+      <c r="I15" s="19">
+        <v>38000000</v>
+      </c>
+      <c r="J15" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K15" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="L15" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="M15" s="20">
+        <v>180</v>
+      </c>
+      <c r="N15" s="20">
+        <v>180</v>
+      </c>
+      <c r="O15" s="18" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A16" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="B16" s="16">
+        <v>47</v>
+      </c>
+      <c r="C16" s="17" t="s">
+        <v>375</v>
+      </c>
+      <c r="D16" s="17" t="s">
+        <v>376</v>
+      </c>
+      <c r="E16" s="17" t="s">
+        <v>377</v>
+      </c>
+      <c r="F16" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="G16" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H16" s="16">
+        <v>5</v>
+      </c>
+      <c r="I16" s="19">
+        <v>38000000</v>
+      </c>
+      <c r="J16" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K16" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="L16" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="M16" s="20">
+        <v>240</v>
+      </c>
+      <c r="N16" s="20">
+        <v>240</v>
+      </c>
+      <c r="O16" s="18" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A17" s="17" t="s">
+        <v>378</v>
+      </c>
+      <c r="B17" s="16" t="s">
+        <v>379</v>
+      </c>
+      <c r="C17" s="17" t="s">
+        <v>380</v>
+      </c>
+      <c r="D17" s="17" t="s">
+        <v>381</v>
+      </c>
+      <c r="E17" s="17" t="s">
+        <v>382</v>
+      </c>
+      <c r="F17" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="G17" s="18" t="s">
+        <v>131</v>
+      </c>
+      <c r="H17" s="16">
+        <v>2</v>
+      </c>
+      <c r="I17" s="19">
+        <v>13500000</v>
+      </c>
+      <c r="J17" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K17" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="L17" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="M17" s="20">
+        <v>102</v>
+      </c>
+      <c r="N17" s="20">
+        <v>102</v>
+      </c>
+      <c r="O17" s="18" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A18" s="17" t="s">
+        <v>378</v>
+      </c>
+      <c r="B18" s="16" t="s">
+        <v>379</v>
+      </c>
+      <c r="C18" s="17" t="s">
+        <v>384</v>
+      </c>
+      <c r="D18" s="17" t="s">
+        <v>385</v>
+      </c>
+      <c r="E18" s="17" t="s">
+        <v>386</v>
+      </c>
+      <c r="F18" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="G18" s="18" t="s">
+        <v>207</v>
+      </c>
+      <c r="H18" s="16">
         <v>13</v>
       </c>
-      <c r="M2" s="1" t="s">
-[...37 lines deleted...]
-      <c r="J3" s="6" t="s">
+      <c r="I18" s="19">
+        <v>12000000</v>
+      </c>
+      <c r="J18" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K18" s="18" t="s">
         <v>27</v>
       </c>
-      <c r="K3" s="6" t="s">
-[...372 lines deleted...]
-      <c r="J11" s="24" t="s">
+      <c r="L18" s="18" t="s">
         <v>53</v>
       </c>
-      <c r="K11" s="24" t="s">
-[...246 lines deleted...]
-      <c r="O16" s="24" t="s">
+      <c r="M18" s="20">
+        <v>100</v>
+      </c>
+      <c r="N18" s="20">
+        <v>100</v>
+      </c>
+      <c r="O18" s="18" t="s">
         <v>387</v>
       </c>
     </row>
-    <row r="17" spans="1:15" s="27" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-[...348 lines deleted...]
-      <c r="O36" s="10"/>
+    <row r="19" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B19" s="8"/>
+      <c r="F19" s="6"/>
+      <c r="G19" s="6"/>
+      <c r="H19" s="6"/>
+      <c r="I19" s="12"/>
+      <c r="J19" s="6"/>
+      <c r="K19" s="6"/>
+      <c r="L19" s="6"/>
+      <c r="M19" s="6"/>
+      <c r="N19" s="6"/>
+      <c r="O19" s="6"/>
+    </row>
+    <row r="20" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B20" s="8"/>
+      <c r="F20" s="6"/>
+      <c r="G20" s="6"/>
+      <c r="H20" s="6"/>
+      <c r="I20" s="12"/>
+      <c r="J20" s="6"/>
+      <c r="K20" s="6"/>
+      <c r="L20" s="6"/>
+      <c r="M20" s="6"/>
+      <c r="N20" s="6"/>
+      <c r="O20" s="6"/>
+    </row>
+    <row r="21" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B21" s="8"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="6"/>
+      <c r="H21" s="6"/>
+      <c r="I21" s="12"/>
+      <c r="J21" s="6"/>
+      <c r="K21" s="6"/>
+      <c r="L21" s="6"/>
+      <c r="M21" s="6"/>
+      <c r="N21" s="6"/>
+      <c r="O21" s="6"/>
+    </row>
+    <row r="22" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B22" s="8"/>
+      <c r="F22" s="6"/>
+      <c r="G22" s="6"/>
+      <c r="H22" s="6"/>
+      <c r="I22" s="12"/>
+      <c r="J22" s="6"/>
+      <c r="K22" s="6"/>
+      <c r="L22" s="6"/>
+      <c r="M22" s="6"/>
+      <c r="N22" s="6"/>
+      <c r="O22" s="6"/>
+    </row>
+    <row r="23" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B23" s="8"/>
+      <c r="F23" s="6"/>
+      <c r="G23" s="6"/>
+      <c r="H23" s="6"/>
+      <c r="I23" s="12"/>
+      <c r="J23" s="6"/>
+      <c r="K23" s="6"/>
+      <c r="L23" s="6"/>
+      <c r="M23" s="6"/>
+      <c r="N23" s="6"/>
+      <c r="O23" s="6"/>
+    </row>
+    <row r="24" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B24" s="8"/>
+      <c r="F24" s="6"/>
+      <c r="G24" s="6"/>
+      <c r="H24" s="6"/>
+      <c r="I24" s="12"/>
+      <c r="J24" s="6"/>
+      <c r="K24" s="6"/>
+      <c r="L24" s="6"/>
+      <c r="M24" s="6"/>
+      <c r="N24" s="6"/>
+      <c r="O24" s="6"/>
+    </row>
+    <row r="25" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B25" s="8"/>
+      <c r="F25" s="6"/>
+      <c r="G25" s="6"/>
+      <c r="H25" s="6"/>
+      <c r="I25" s="12"/>
+      <c r="J25" s="6"/>
+      <c r="K25" s="6"/>
+      <c r="L25" s="6"/>
+      <c r="M25" s="6"/>
+      <c r="N25" s="6"/>
+      <c r="O25" s="6"/>
+    </row>
+    <row r="26" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B26" s="8"/>
+      <c r="F26" s="6"/>
+      <c r="G26" s="6"/>
+      <c r="H26" s="6"/>
+      <c r="I26" s="12"/>
+      <c r="J26" s="6"/>
+      <c r="K26" s="6"/>
+      <c r="L26" s="6"/>
+      <c r="M26" s="6"/>
+      <c r="N26" s="6"/>
+      <c r="O26" s="6"/>
+    </row>
+    <row r="27" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B27" s="8"/>
+      <c r="F27" s="6"/>
+      <c r="G27" s="6"/>
+      <c r="H27" s="6"/>
+      <c r="I27" s="12"/>
+      <c r="J27" s="6"/>
+      <c r="K27" s="6"/>
+      <c r="L27" s="6"/>
+      <c r="M27" s="6"/>
+      <c r="N27" s="6"/>
+      <c r="O27" s="6"/>
+    </row>
+    <row r="28" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B28" s="8"/>
+      <c r="F28" s="6"/>
+      <c r="G28" s="6"/>
+      <c r="H28" s="6"/>
+      <c r="I28" s="12"/>
+      <c r="J28" s="6"/>
+      <c r="K28" s="6"/>
+      <c r="L28" s="6"/>
+      <c r="M28" s="6"/>
+      <c r="N28" s="6"/>
+      <c r="O28" s="6"/>
+    </row>
+    <row r="29" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B29" s="8"/>
+      <c r="F29" s="6"/>
+      <c r="G29" s="6"/>
+      <c r="H29" s="6"/>
+      <c r="I29" s="12"/>
+      <c r="J29" s="6"/>
+      <c r="K29" s="6"/>
+      <c r="L29" s="6"/>
+      <c r="M29" s="6"/>
+      <c r="N29" s="6"/>
+      <c r="O29" s="6"/>
+    </row>
+    <row r="30" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B30" s="8"/>
+      <c r="F30" s="6"/>
+      <c r="G30" s="6"/>
+      <c r="H30" s="6"/>
+      <c r="I30" s="12"/>
+      <c r="J30" s="6"/>
+      <c r="K30" s="6"/>
+      <c r="L30" s="6"/>
+      <c r="M30" s="6"/>
+      <c r="N30" s="6"/>
+      <c r="O30" s="6"/>
+    </row>
+    <row r="31" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B31" s="8"/>
+      <c r="F31" s="6"/>
+      <c r="G31" s="6"/>
+      <c r="H31" s="6"/>
+      <c r="I31" s="12"/>
+      <c r="J31" s="6"/>
+      <c r="K31" s="6"/>
+      <c r="L31" s="6"/>
+      <c r="M31" s="6"/>
+      <c r="N31" s="6"/>
+      <c r="O31" s="6"/>
+    </row>
+    <row r="32" spans="1:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B32" s="8"/>
+      <c r="F32" s="6"/>
+      <c r="G32" s="6"/>
+      <c r="H32" s="6"/>
+      <c r="I32" s="12"/>
+      <c r="J32" s="6"/>
+      <c r="K32" s="6"/>
+      <c r="L32" s="6"/>
+      <c r="M32" s="6"/>
+      <c r="N32" s="6"/>
+      <c r="O32" s="6"/>
+    </row>
+    <row r="33" spans="2:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B33" s="8"/>
+      <c r="F33" s="6"/>
+      <c r="G33" s="6"/>
+      <c r="H33" s="6"/>
+      <c r="I33" s="12"/>
+      <c r="J33" s="6"/>
+      <c r="K33" s="6"/>
+      <c r="L33" s="6"/>
+      <c r="M33" s="6"/>
+      <c r="N33" s="6"/>
+      <c r="O33" s="6"/>
+    </row>
+    <row r="34" spans="2:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B34" s="8"/>
+      <c r="F34" s="6"/>
+      <c r="G34" s="6"/>
+      <c r="H34" s="6"/>
+      <c r="I34" s="12"/>
+      <c r="J34" s="6"/>
+      <c r="K34" s="6"/>
+      <c r="L34" s="6"/>
+      <c r="M34" s="6"/>
+      <c r="N34" s="6"/>
+      <c r="O34" s="6"/>
+    </row>
+    <row r="35" spans="2:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B35" s="8"/>
+      <c r="F35" s="6"/>
+      <c r="G35" s="6"/>
+      <c r="H35" s="6"/>
+      <c r="I35" s="12"/>
+      <c r="J35" s="6"/>
+      <c r="K35" s="6"/>
+      <c r="L35" s="6"/>
+      <c r="M35" s="6"/>
+      <c r="N35" s="6"/>
+      <c r="O35" s="6"/>
+    </row>
+    <row r="36" spans="2:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B36" s="8"/>
+      <c r="F36" s="6"/>
+      <c r="G36" s="6"/>
+      <c r="H36" s="6"/>
+      <c r="I36" s="12"/>
+      <c r="J36" s="6"/>
+      <c r="K36" s="6"/>
+      <c r="L36" s="6"/>
+      <c r="M36" s="6"/>
+      <c r="N36" s="6"/>
+      <c r="O36" s="6"/>
+    </row>
+    <row r="37" spans="2:15" s="7" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="B37" s="8"/>
+      <c r="F37" s="6"/>
+      <c r="G37" s="6"/>
+      <c r="H37" s="6"/>
+      <c r="I37" s="12"/>
+      <c r="J37" s="6"/>
+      <c r="K37" s="6"/>
+      <c r="L37" s="6"/>
+      <c r="M37" s="6"/>
+      <c r="N37" s="6"/>
+      <c r="O37" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>