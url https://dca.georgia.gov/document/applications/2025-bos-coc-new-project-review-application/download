--- v0 (2025-11-25)
+++ v1 (2025-12-17)
@@ -28,101 +28,120 @@
   <w:body>
     <w:p w14:paraId="34226804" w14:textId="2BAEE05B" w:rsidR="42A5888E" w:rsidRDefault="42A5888E" w:rsidP="42A5888E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="42A5888E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2025 Georgia Balance of State Continuum of Care</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E984DEB" w14:textId="63217CB2" w:rsidR="002E456E" w:rsidRPr="00562400" w:rsidRDefault="002E456E" w:rsidP="00C77796">
+    <w:p w14:paraId="6E984DEB" w14:textId="5039D609" w:rsidR="002E456E" w:rsidRPr="00B81556" w:rsidRDefault="002E456E" w:rsidP="00C77796">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00562400">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="009067A0" w:rsidRPr="00562400">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>EW</w:t>
       </w:r>
       <w:r w:rsidRPr="00562400">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Project</w:t>
       </w:r>
       <w:r w:rsidR="0052463F" w:rsidRPr="00562400">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Review Application</w:t>
+      </w:r>
+      <w:r w:rsidR="00B81556">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Updat</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2421">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ed v2)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63F23059" w14:textId="69C839F9" w:rsidR="002E456E" w:rsidRPr="00562400" w:rsidRDefault="002E456E" w:rsidP="00C77796">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D35A976" w14:textId="0FBFEA2F" w:rsidR="002E456E" w:rsidRPr="00562400" w:rsidRDefault="002E456E" w:rsidP="00A04DA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
@@ -8416,159 +8435,121 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Provide a detailed description of the scope of the project including:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FCD8BA0" w14:textId="3BA5EE9C" w:rsidR="009D73E3" w:rsidRPr="00AF33E5" w:rsidRDefault="71D45DAD" w:rsidP="71D45DAD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="1224"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71D45DAD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">A clear description of the target population(s) to be </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>A clear description of the target population(s) to be served;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="33C3E7FA" w14:textId="2F5BFCDB" w:rsidR="009D73E3" w:rsidRPr="00AF33E5" w:rsidRDefault="71D45DAD" w:rsidP="71D45DAD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="1224"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71D45DAD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A plan that prioritizes treatment and services that people need to recover and regain self-sufficiency;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01C92951" w14:textId="2B84DE01" w:rsidR="009D73E3" w:rsidRPr="00AF33E5" w:rsidRDefault="71D45DAD" w:rsidP="71D45DAD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="1224"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71D45DAD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">A plan for addressing the identified housing and other supportive service </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">A plan for addressing the identified housing and other supportive service needs; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C235E39" w14:textId="421012B6" w:rsidR="005E5449" w:rsidRPr="00AF33E5" w:rsidRDefault="71D45DAD" w:rsidP="71D45DAD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="1224"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71D45DAD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Anticipated project outcome(s</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Anticipated project outcome(s);</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="685B5199" w14:textId="23CE6D72" w:rsidR="005E5449" w:rsidRPr="00AF33E5" w:rsidRDefault="71D45DAD" w:rsidP="71D45DAD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="1224"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71D45DAD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coordination with other organizations (e.g. federal, state, nonprofit, law enforcement); and </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EB6B688" w14:textId="05FED051" w:rsidR="005E5449" w:rsidRPr="00AF33E5" w:rsidRDefault="005E5449" w:rsidP="004202A7">
@@ -13456,65 +13437,51 @@
         </w:numPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="D13438"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A679F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe how this project will be supplemented with resources from other public or private sources, that may include mainstream health, social, and employment programs such as Medicare, Medicaid, SSI, and SNAP, </w:t>
       </w:r>
       <w:r w:rsidRPr="009A679F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>which is a HUD requirement</w:t>
       </w:r>
       <w:r w:rsidRPr="009A679F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  Please include </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> partnerships and indicate whether these are current, new, or in development.</w:t>
+        <w:t>.  Please include any and all partnerships and indicate whether these are current, new, or in development.</w:t>
       </w:r>
       <w:r w:rsidR="009D414E" w:rsidRPr="009A679F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54FBB980" w14:textId="09A03267" w:rsidR="009D414E" w:rsidRPr="009A679F" w:rsidRDefault="009D414E" w:rsidP="00E84A8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="D13438"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A679F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -13749,65 +13716,51 @@
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe how this project will be supplemented with resources from other public or private sources, that may include mainstream health, social, and employment programs such as Medicare, Medicaid, SSI, and SNAP, </w:t>
       </w:r>
       <w:r w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>which is a HUD requirement</w:t>
       </w:r>
       <w:r w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  Please include </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> partnerships and indicate whether these are current, new, or in development.</w:t>
+        <w:t>.  Please include any and all partnerships and indicate whether these are current, new, or in development.</w:t>
       </w:r>
       <w:r w:rsidR="009D414E" w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5604C8DF" w14:textId="2BFFECC9" w:rsidR="007B291F" w:rsidRPr="00511572" w:rsidRDefault="007B291F" w:rsidP="00E84A8B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -14716,108 +14669,92 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C360E8" w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r w:rsidR="00E82121" w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>prioritize</w:t>
       </w:r>
       <w:r w:rsidR="009D414E" w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E82121" w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">survivors–you must address the process the project applicant used, e.g., Coordinated Entry, prioritization list, CoC’s emergency transfer </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>survivors–you must address the process the project applicant used, e.g., Coordinated Entry, prioritization list, CoC’s emergency transfer plan;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1EA63A42" w14:textId="6BAA2C06" w:rsidR="00E82121" w:rsidRPr="00511572" w:rsidRDefault="00511572" w:rsidP="00444336">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="1512"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00E82121" w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">etermine survivors’ supportive </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E82121" w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>services</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E82121" w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> needs;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6A15AFE5" w14:textId="77E57D1C" w:rsidR="00E82121" w:rsidRPr="00511572" w:rsidRDefault="00511572" w:rsidP="00444336">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="1512"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00E82121" w:rsidRPr="00511572">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>onnect survivors to supportive services; and</w:t>
@@ -22622,79 +22559,57 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B90F21" w:rsidRPr="001244B4" w14:paraId="795C1A94" w14:textId="77777777" w:rsidTr="00B90F21">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7830" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57EC9BA8" w14:textId="1C24EDE9" w:rsidR="00B90F21" w:rsidRPr="00046727" w:rsidRDefault="009175A7" w:rsidP="008424D2">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Number of unaccompanied </w:t>
+              <w:t xml:space="preserve">Number of unaccompanied youth </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="002016FE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
-              <w:t>under age</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> 18</w:t>
+              <w:t>under age 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B1C57AC" w14:textId="77777777" w:rsidR="00B90F21" w:rsidRPr="00046727" w:rsidRDefault="00B90F21" w:rsidP="00C77796">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B90F21" w:rsidRPr="001244B4" w14:paraId="6B7A337B" w14:textId="77777777" w:rsidTr="00B90F21">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7830" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D748957" w14:textId="64A07132" w:rsidR="00B90F21" w:rsidRPr="00046727" w:rsidRDefault="00B90F21" w:rsidP="00F74F4E">
             <w:pPr>
@@ -25675,51 +25590,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>Leas</w:t>
       </w:r>
       <w:r w:rsidR="00C45E15">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ed </w:t>
       </w:r>
       <w:r w:rsidR="005C1A8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Units </w:t>
       </w:r>
       <w:r w:rsidR="005C1A8F" w:rsidRPr="00AE5956">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>(24 CFR 578.49)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B31F92F" w14:textId="05ECF517" w:rsidR="00C45E15" w:rsidRPr="007E5445" w:rsidRDefault="00232CE2" w:rsidP="00E659AB">
+    <w:p w14:paraId="0B31F92F" w14:textId="05ECF517" w:rsidR="00C45E15" w:rsidRDefault="00232CE2" w:rsidP="00E659AB">
       <w:pPr>
         <w:ind w:left="576" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E5445">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="007E5445">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -25756,50 +25671,115 @@
         <w:t xml:space="preserve">Leased </w:t>
       </w:r>
       <w:r w:rsidR="00C45E15">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>Structures</w:t>
       </w:r>
       <w:r w:rsidR="005C1A8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C1A8F" w:rsidRPr="00AE5956">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>(24 CFR 578.</w:t>
       </w:r>
       <w:r w:rsidR="00633BD5" w:rsidRPr="00AE5956">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>49)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7413A41F" w14:textId="23AD1940" w:rsidR="009E05F9" w:rsidRPr="007E5445" w:rsidRDefault="00911570" w:rsidP="00E659AB">
+      <w:pPr>
+        <w:ind w:left="576" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E5445">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="007E5445">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007E5445">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="007E5445">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007E5445">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007E5445">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rental </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5956">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Assistance (24 CFR 578.51)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2815A4E3" w14:textId="22CEFEDE" w:rsidR="00932C01" w:rsidRDefault="00932C01" w:rsidP="00E659AB">
       <w:pPr>
         <w:ind w:left="576" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E5445">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -26222,728 +26202,632 @@
               <w:t xml:space="preserve">1b. </w:t>
             </w:r>
             <w:r w:rsidR="000E7810" w:rsidRPr="00C76091">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t>Leased Structures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="769A03E1" w14:textId="77777777" w:rsidR="000E7810" w:rsidRPr="00046727" w:rsidRDefault="000E7810" w:rsidP="00C77796">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E66C2" w:rsidRPr="00046727" w14:paraId="382F26FE" w14:textId="77777777" w:rsidTr="00423B1A">
+      <w:tr w:rsidR="00143237" w:rsidRPr="00046727" w14:paraId="382F26FE" w14:textId="77777777" w:rsidTr="00143237">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5139A1F2" w14:textId="556D67AD" w:rsidR="007E66C2" w:rsidRPr="00332280" w:rsidRDefault="007E66C2" w:rsidP="008424D2">
+          <w:p w14:paraId="5139A1F2" w14:textId="556D67AD" w:rsidR="00143237" w:rsidRPr="00332280" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00332280">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t>Rental Assistance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2B069FDA" w14:textId="38B8E633" w:rsidR="007E66C2" w:rsidRPr="00046727" w:rsidRDefault="0050628F" w:rsidP="00C77796">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B069FDA" w14:textId="60658E1F" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E66C2" w:rsidRPr="00046727" w14:paraId="7C55825A" w14:textId="77777777" w:rsidTr="000C4A9E">
+      <w:tr w:rsidR="00143237" w:rsidRPr="00046727" w14:paraId="7C55825A" w14:textId="77777777" w:rsidTr="000C4A9E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03F7ABFA" w14:textId="77777777" w:rsidR="007E66C2" w:rsidRPr="00046727" w:rsidRDefault="007E66C2" w:rsidP="008424D2">
+          <w:p w14:paraId="03F7ABFA" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t>Supportive Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8D5728" w14:textId="77777777" w:rsidR="007E66C2" w:rsidRPr="00046727" w:rsidRDefault="007E66C2" w:rsidP="00C77796">
+          <w:p w14:paraId="4F8D5728" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009755A5" w:rsidRPr="00046727" w14:paraId="2B7BB207" w14:textId="77777777" w:rsidTr="002702C5">
+      <w:tr w:rsidR="00143237" w:rsidRPr="00046727" w14:paraId="2B7BB207" w14:textId="77777777" w:rsidTr="002702C5">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="703750BA" w14:textId="4369708A" w:rsidR="009755A5" w:rsidRPr="00046727" w:rsidRDefault="009755A5" w:rsidP="008424D2">
+          <w:p w14:paraId="703750BA" w14:textId="4369708A" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t>Operating</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1520EEF4" w14:textId="77777777" w:rsidR="009755A5" w:rsidRPr="00046727" w:rsidRDefault="009755A5" w:rsidP="00C77796">
+          <w:p w14:paraId="1520EEF4" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E66C2" w:rsidRPr="00046727" w14:paraId="24EC1CD4" w14:textId="77777777" w:rsidTr="002702C5">
+      <w:tr w:rsidR="00143237" w:rsidRPr="00046727" w14:paraId="24EC1CD4" w14:textId="77777777" w:rsidTr="002702C5">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7776BB51" w14:textId="77777777" w:rsidR="007E66C2" w:rsidRPr="00046727" w:rsidRDefault="007E66C2" w:rsidP="008424D2">
+          <w:p w14:paraId="7776BB51" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t>HMIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20FCFFC0" w14:textId="77777777" w:rsidR="007E66C2" w:rsidRPr="00046727" w:rsidRDefault="007E66C2" w:rsidP="00C77796">
+          <w:p w14:paraId="20FCFFC0" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C0EE9" w:rsidRPr="00046727" w14:paraId="745B1E76" w14:textId="77777777" w:rsidTr="002702C5">
+      <w:tr w:rsidR="00143237" w:rsidRPr="00046727" w14:paraId="745B1E76" w14:textId="77777777" w:rsidTr="002702C5">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DB68C56" w14:textId="50597F78" w:rsidR="007C0EE9" w:rsidRPr="00046727" w:rsidRDefault="00171CAA" w:rsidP="008424D2">
+          <w:p w14:paraId="3DB68C56" w14:textId="50597F78" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">VAWA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F32A11A" w14:textId="77777777" w:rsidR="007C0EE9" w:rsidRPr="00046727" w:rsidRDefault="007C0EE9" w:rsidP="00C77796">
+          <w:p w14:paraId="1F32A11A" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C0EE9" w:rsidRPr="00046727" w14:paraId="2CBBD008" w14:textId="77777777" w:rsidTr="002702C5">
+      <w:tr w:rsidR="00143237" w:rsidRPr="00046727" w14:paraId="2CBBD008" w14:textId="77777777" w:rsidTr="002702C5">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="105603A9" w14:textId="787780FC" w:rsidR="007C0EE9" w:rsidRPr="00046727" w:rsidRDefault="00171CAA" w:rsidP="008424D2">
+          <w:p w14:paraId="105603A9" w14:textId="787780FC" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Rural </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED717E0" w14:textId="77777777" w:rsidR="007C0EE9" w:rsidRPr="00046727" w:rsidRDefault="007C0EE9" w:rsidP="00C77796">
+          <w:p w14:paraId="4ED717E0" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2451C" w:rsidRPr="00046727" w14:paraId="1B079A5C" w14:textId="77777777" w:rsidTr="00590119">
+      <w:tr w:rsidR="00143237" w:rsidRPr="00046727" w14:paraId="1B079A5C" w14:textId="77777777" w:rsidTr="00590119">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="111AADB6" w14:textId="77777777" w:rsidR="00E2451C" w:rsidRPr="00046727" w:rsidRDefault="00E2451C" w:rsidP="008424D2">
+          <w:p w14:paraId="111AADB6" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sub-total </w:t>
+              <w:t>Sub-total Costs Requested</w:t>
             </w:r>
-            <w:r w:rsidR="00B459C2" w:rsidRPr="00046727">
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4786D78A" w14:textId="77777777" w:rsidR="00E2451C" w:rsidRPr="00046727" w:rsidRDefault="00E2451C" w:rsidP="008F07EC">
+          <w:p w14:paraId="4786D78A" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2451C" w:rsidRPr="00046727" w14:paraId="7D81CB8C" w14:textId="77777777" w:rsidTr="000C4A9E">
+      <w:tr w:rsidR="00143237" w:rsidRPr="00046727" w14:paraId="7D81CB8C" w14:textId="77777777" w:rsidTr="000C4A9E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DB96B01" w14:textId="77777777" w:rsidR="00E2451C" w:rsidRPr="00046727" w:rsidRDefault="00E2451C" w:rsidP="008424D2">
+          <w:p w14:paraId="0DB96B01" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t>Administrative costs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D4AC5F4" w14:textId="7DED4319" w:rsidR="00E2451C" w:rsidRPr="00046727" w:rsidRDefault="00B54E9E" w:rsidP="008F07EC">
+          <w:p w14:paraId="1D4AC5F4" w14:textId="7DED4319" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Up to 10</w:t>
+              <w:t xml:space="preserve"> (Up to 10% of total </w:t>
             </w:r>
-            <w:r w:rsidR="00E2451C" w:rsidRPr="00046727">
-[...5 lines deleted...]
-            <w:r w:rsidR="00E2451C" w:rsidRPr="00046727">
+            <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">before </w:t>
             </w:r>
-            <w:r w:rsidR="00E2451C" w:rsidRPr="00046727">
+            <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t>admin costs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5898EB25" w14:textId="77777777" w:rsidR="00E2451C" w:rsidRPr="00046727" w:rsidRDefault="00E2451C" w:rsidP="008F07EC">
+          <w:p w14:paraId="5898EB25" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2451C" w:rsidRPr="00046727" w14:paraId="125394A0" w14:textId="77777777" w:rsidTr="000C4A9E">
+      <w:tr w:rsidR="00143237" w:rsidRPr="00046727" w14:paraId="125394A0" w14:textId="77777777" w:rsidTr="000C4A9E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="776AA348" w14:textId="711A149F" w:rsidR="00E2451C" w:rsidRPr="00046727" w:rsidRDefault="00E2451C" w:rsidP="00560466">
+          <w:p w14:paraId="776AA348" w14:textId="711A149F" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t>TOTAL AMOUNT OF REQUEST</w:t>
             </w:r>
-            <w:r w:rsidR="00737DB2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (including admin)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5106F0E0" w14:textId="77777777" w:rsidR="00E2451C" w:rsidRPr="00046727" w:rsidRDefault="00E2451C" w:rsidP="008F07EC">
+          <w:p w14:paraId="5106F0E0" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2451C" w:rsidRPr="00046727" w14:paraId="632BA9D4" w14:textId="77777777" w:rsidTr="000C4A9E">
+      <w:tr w:rsidR="00143237" w:rsidRPr="00046727" w14:paraId="632BA9D4" w14:textId="77777777" w:rsidTr="000C4A9E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B796A09" w14:textId="2FEDA123" w:rsidR="00E2451C" w:rsidRPr="00046727" w:rsidRDefault="00171CAA" w:rsidP="008F07EC">
+          <w:p w14:paraId="2B796A09" w14:textId="2FEDA123" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>11.</w:t>
             </w:r>
-            <w:r w:rsidR="00560466">
-[...5 lines deleted...]
-            <w:r w:rsidR="00E2451C" w:rsidRPr="00046727">
+            <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cash Match </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE59FAD" w14:textId="77777777" w:rsidR="00E2451C" w:rsidRPr="00046727" w:rsidRDefault="00E2451C" w:rsidP="008F07EC">
+          <w:p w14:paraId="6BE59FAD" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2451C" w:rsidRPr="00046727" w14:paraId="0C8AD307" w14:textId="77777777" w:rsidTr="000C4A9E">
+      <w:tr w:rsidR="00143237" w:rsidRPr="00046727" w14:paraId="0C8AD307" w14:textId="77777777" w:rsidTr="000C4A9E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1F1F22" w14:textId="0BC88C8A" w:rsidR="00E2451C" w:rsidRPr="00046727" w:rsidRDefault="00560466" w:rsidP="008F07EC">
+          <w:p w14:paraId="1D1F1F22" w14:textId="0BC88C8A" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>12.</w:t>
             </w:r>
-            <w:r w:rsidR="003E7258">
-[...11 lines deleted...]
-            <w:r w:rsidR="00E2451C" w:rsidRPr="00046727">
+            <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> In-kind Match </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DFA0B28" w14:textId="77777777" w:rsidR="00E2451C" w:rsidRPr="00046727" w:rsidRDefault="00E2451C" w:rsidP="008F07EC">
+          <w:p w14:paraId="4DFA0B28" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2451C" w:rsidRPr="00046727" w14:paraId="45287CB2" w14:textId="77777777" w:rsidTr="00560466">
+      <w:tr w:rsidR="00143237" w:rsidRPr="00046727" w14:paraId="45287CB2" w14:textId="77777777" w:rsidTr="00560466">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="44CE70AF" w14:textId="7C360524" w:rsidR="00E2451C" w:rsidRPr="00046727" w:rsidRDefault="00560466" w:rsidP="00560466">
+          <w:p w14:paraId="44CE70AF" w14:textId="7C360524" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t xml:space="preserve">13. </w:t>
             </w:r>
-            <w:r w:rsidR="003E7258">
-[...11 lines deleted...]
-            <w:r w:rsidR="00E2451C" w:rsidRPr="00046727">
+            <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t>Total Match</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC5CBCE" w14:textId="77777777" w:rsidR="00E2451C" w:rsidRPr="00046727" w:rsidRDefault="00642311" w:rsidP="008F07EC">
+          <w:p w14:paraId="3EC5CBCE" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006361C4" w:rsidRPr="00046727" w14:paraId="1EBCFBA9" w14:textId="77777777" w:rsidTr="000C4A9E">
+      <w:tr w:rsidR="00143237" w:rsidRPr="00046727" w14:paraId="1EBCFBA9" w14:textId="77777777" w:rsidTr="000C4A9E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D4490DB" w14:textId="448509FC" w:rsidR="00642311" w:rsidRPr="00046727" w:rsidRDefault="00560466" w:rsidP="00560466">
+          <w:p w14:paraId="3D4490DB" w14:textId="448509FC" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t xml:space="preserve">14. </w:t>
             </w:r>
-            <w:r w:rsidR="003E7258">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total Budget </w:t>
             </w:r>
-            <w:r>
-[...18 lines deleted...]
-          <w:p w14:paraId="0A75F362" w14:textId="77777777" w:rsidR="006361C4" w:rsidRPr="00046727" w:rsidRDefault="00642311" w:rsidP="00642311">
+          </w:p>
+          <w:p w14:paraId="0A75F362" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00046727">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t>(“Total Amount of Request” + “Total Match”)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A06B790" w14:textId="77777777" w:rsidR="006361C4" w:rsidRPr="00046727" w:rsidRDefault="006361C4" w:rsidP="008F07EC">
+          <w:p w14:paraId="6A06B790" w14:textId="77777777" w:rsidR="00143237" w:rsidRPr="00046727" w:rsidRDefault="00143237" w:rsidP="00143237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="530F4EE5" w14:textId="77777777" w:rsidR="00A01C53" w:rsidRPr="00046727" w:rsidRDefault="00A01C53" w:rsidP="00C77796">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D52927E" w14:textId="77777777" w:rsidR="007A33E6" w:rsidRPr="00046727" w:rsidRDefault="007A33E6" w:rsidP="007A33E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
@@ -30177,55 +30061,2104 @@
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C92707" w:rsidRPr="007E5445">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="51605961" w14:textId="77777777" w:rsidR="009B255C" w:rsidRDefault="009B255C" w:rsidP="00C75790">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F59BBC8" w14:textId="77777777" w:rsidR="002D4CA6" w:rsidRPr="00051116" w:rsidRDefault="002D4CA6" w:rsidP="00C77796">
-      <w:pPr>
+    <w:p w14:paraId="72F384CE" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00241DB5" w:rsidRDefault="00632DE3" w:rsidP="00632DE3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="806"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00241DB5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rental Assistance </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Budget Summary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033ACB06" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="00632DE3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="1195" w:hanging="187"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046727">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Indicate the quantity and total budget for each allowable type of rental assistance.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  The totals in this table should summarize the amounts in the combined Rental Assistance tables in “ii” below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018B6626" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="00632DE3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="468" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2047"/>
+        <w:gridCol w:w="3060"/>
+        <w:gridCol w:w="4351"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="021C5FD0" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BDA5F6D" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Rental Assistance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="638BBC18" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Quantity Description</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02BBDA36" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BAEF5E6" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Annual Assistance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Requested (should match combined Rental Assistance Budgets)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="5373C41A" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15945E4B" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Short Term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F231C5" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4351" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="216C5133" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="3F317316" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B370A97" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Medium Term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="299E00F9" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D981A30" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="23364172" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:trPr>
+          <w:trHeight w:val="305"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D1B8875" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="544EDF2C" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70D47FC3" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="73797193" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="00632DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15071954" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="007E5445" w:rsidRDefault="00632DE3" w:rsidP="00632DE3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="1584"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F359CF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Enter number of units by unit type and the applicable Fair Market Rent (FMR) level</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F359CF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F359CF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2023 FMR for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00530DEB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> each county located at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00530DEB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>https://www.huduser.gov/portal/datasets/fmr.html</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00530DEB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22C49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Multiply the number of units by FMR, and multiply that number by 12 (1 year grant = 12 months) and enter totals.  The information below should include ALL counties for proposed project. Please duplicate the table below as needed to add counties with different FMR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E5445">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amounts (required to determine exact amount of Rental Assistance).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6367FB" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="007E5445" w:rsidRDefault="00632DE3" w:rsidP="00632DE3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1584"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C98F86E" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRDefault="00632DE3" w:rsidP="00632DE3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1584"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E5445">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E5445">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Add as many tables as needed to show the counties with different FMRs to be served:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046727">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="337F4B2F" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="00632DE3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1584"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="468" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2919"/>
+        <w:gridCol w:w="1524"/>
+        <w:gridCol w:w="1114"/>
+        <w:gridCol w:w="385"/>
+        <w:gridCol w:w="1654"/>
+        <w:gridCol w:w="1862"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="5265C196" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5557" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="35741EE5" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Metropolitan or non-metropolitan fair market rent area:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D20258" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB0CAEE" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="6F2E4A14" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C06904" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Unit Size</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="048989E9" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>No. of Units</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7C5FC0" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>FMR*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D7213C0" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Term (months)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6CA621" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="233DFF59" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDCD87A" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Efficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6999DB" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A406915" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="140C34A8" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="334CC568" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="579C8525" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C79C7A2" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>1 Bedroom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06EC6494" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="35DB2342" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E47C3C" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="027EDACC" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="7CC0B821" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AACCFC3" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2 Bedroom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42AB24DC" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB1EE87" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57188C61" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63CE4F2F" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="777FA075" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0864C613" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3 Bedroom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0F7297" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="74ABBA5B" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B193B67" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1208D27C" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="56532456" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="763B984B" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>4 Bedroom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="674E75BF" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="48080E02" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="780E3299" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53B8098C" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="625390A8" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA5E756" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>5 Bedroom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA89DE4" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="58BE10E3" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9AC53C" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="628D506F" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="4A8CE19D" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AE1712C" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BF6D4A" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD09496" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE11D21" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26273E47" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="19B82A3D" w14:textId="7C2AF4C2" w:rsidR="00632DE3" w:rsidRPr="00807F1B" w:rsidRDefault="00632DE3" w:rsidP="00632DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046727">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F359CF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>*Cannot exceed FY202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC760D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F359CF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fair Market Rent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493936B5" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRDefault="00632DE3" w:rsidP="00632DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="468" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2919"/>
+        <w:gridCol w:w="1524"/>
+        <w:gridCol w:w="1114"/>
+        <w:gridCol w:w="385"/>
+        <w:gridCol w:w="1654"/>
+        <w:gridCol w:w="1862"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="3AE93CF1" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5557" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F4A1B6" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Metropolitan or non-metropolitan fair market rent area:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DEC826E" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2554A276" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="3FFF6E13" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D3CC9C" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Unit Size</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="785D3517" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>No. of Units</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ACAAAF1" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>FMR*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C0CB57E" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Term (months)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9B89B9" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="0B5FEEB4" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="452EB002" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Efficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B232627" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7B6F72" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="606F5AFA" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B021EAF" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="14EBCDEB" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A551BAC" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>1 Bedroom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E137CBD" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CA51DD3" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25760637" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BD9284C" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="542E91EE" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35476FD6" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2 Bedroom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="109A38D1" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="078255C3" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E20D748" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CEFBCE6" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="76549F8D" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A13127" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3 Bedroom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57E768E7" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B0478C" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB5B9B2" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62A1DAD2" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="4E3E7800" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2779C854" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>4 Bedroom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06070BC5" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="575B4275" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63115DB1" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C442B50" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="5B004021" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D8E6CF8" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>5 Bedroom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF73F2E" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="073FC6CB" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34BA0F9F" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F6113D" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632DE3" w:rsidRPr="00046727" w14:paraId="7A2FBA95" w14:textId="77777777" w:rsidTr="009F31E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33A90C34" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7745F50A" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D66BC8" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+          </w:tcPr>
+          <w:p w14:paraId="29F1A7E8" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C3375D" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00046727" w:rsidRDefault="00632DE3" w:rsidP="009F31E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1415D121" w14:textId="6449B114" w:rsidR="00632DE3" w:rsidRDefault="00632DE3" w:rsidP="00632DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046727">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F359CF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>*Cannot exceed FY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F359CF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fair Market Rent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51230837" w14:textId="77777777" w:rsidR="00632DE3" w:rsidRPr="00807F1B" w:rsidRDefault="00632DE3" w:rsidP="00632DE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D9E9E8F" w14:textId="41CB5420" w:rsidR="00585CB4" w:rsidRPr="00241DB5" w:rsidRDefault="00C77796" w:rsidP="008424D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00241DB5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Supportive Serv</w:t>
@@ -30254,58 +32187,51 @@
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051116">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>Enter the quantity</w:t>
       </w:r>
       <w:r w:rsidR="00BA75DB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (AND Description)</w:t>
       </w:r>
       <w:r w:rsidRPr="00051116">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and total budget request for each supportive </w:t>
-[...6 lines deleted...]
-        <w:t>services cost. The request entered should be equivalent to the cost of one year of the relevant supportive service.</w:t>
+        <w:t xml:space="preserve"> and total budget request for each supportive services cost. The request entered should be equivalent to the cost of one year of the relevant supportive service.</w:t>
       </w:r>
       <w:r w:rsidR="00471C7B" w:rsidRPr="00051116">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051116">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>When including staff costs, please include title, salary and FTE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="450978BC" w14:textId="77777777" w:rsidR="00471C7B" w:rsidRPr="00051116" w:rsidRDefault="00471C7B" w:rsidP="00471C7B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1530"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
@@ -30540,50 +32466,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00585CB4" w:rsidRPr="00051116" w14:paraId="18751477" w14:textId="77777777" w:rsidTr="00B459C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D371593" w14:textId="73F0DBBF" w:rsidR="00585CB4" w:rsidRPr="00051116" w:rsidRDefault="00C7645B" w:rsidP="008F07EC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidR="00585CB4" w:rsidRPr="00051116">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t>Assistance with Moving Costs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15436BB1" w14:textId="77777777" w:rsidR="00585CB4" w:rsidRPr="00051116" w:rsidRDefault="00585CB4" w:rsidP="008F07EC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -32587,50 +34514,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A62374" w:rsidRPr="007E5445" w14:paraId="7AA405EB" w14:textId="77777777" w:rsidTr="0001612E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3217" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="134958C5" w14:textId="7B34333B" w:rsidR="00A62374" w:rsidRPr="007E5445" w:rsidRDefault="001250AF" w:rsidP="00A62374">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">5. </w:t>
             </w:r>
             <w:r w:rsidR="00A62374" w:rsidRPr="007E5445">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t>Space &amp; Operations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FDF38FB" w14:textId="77777777" w:rsidR="00A62374" w:rsidRPr="007E5445" w:rsidRDefault="00A62374" w:rsidP="0001612E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -34163,81 +36091,72 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A140FBA" w14:textId="77177EE5" w:rsidR="00F77DFC" w:rsidRDefault="00F77DFC" w:rsidP="00585CB4">
       <w:pPr>
         <w:ind w:left="450"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EB71DD1" w14:textId="77777777" w:rsidR="006E06EF" w:rsidRDefault="006E06EF" w:rsidP="00585CB4">
       <w:pPr>
         <w:ind w:left="450"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EA8FCC4" w14:textId="77777777" w:rsidR="006E06EF" w:rsidRDefault="006E06EF" w:rsidP="00585CB4">
+    <w:p w14:paraId="5A29FF69" w14:textId="77777777" w:rsidR="006E06EF" w:rsidRPr="00051116" w:rsidRDefault="006E06EF" w:rsidP="00585CB4">
       <w:pPr>
         <w:ind w:left="450"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A29FF69" w14:textId="77777777" w:rsidR="006E06EF" w:rsidRPr="00051116" w:rsidRDefault="006E06EF" w:rsidP="00585CB4">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="35DB9990" w14:textId="77777777" w:rsidR="00FD16CA" w:rsidRPr="00996929" w:rsidRDefault="00FD16CA" w:rsidP="00C77796">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00996929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Assurances</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="449EE987" w14:textId="77777777" w:rsidR="00FD16CA" w:rsidRPr="00996929" w:rsidRDefault="00FD16CA" w:rsidP="00C77796">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F71AD12" w14:textId="77777777" w:rsidR="00FD16CA" w:rsidRPr="00996929" w:rsidRDefault="00FD16CA" w:rsidP="00C77796">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00996929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>To the best of my knowledge and belief, all information in this application is true and correct.  The governing body of the applicant has duly authorized this document and the applicant will comply with the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67095AE3" w14:textId="261F182C" w:rsidR="00FD16CA" w:rsidRPr="00E8539B" w:rsidRDefault="00FD16CA" w:rsidP="008424D2">
       <w:pPr>
@@ -34280,50 +36199,51 @@
         </w:rPr>
         <w:t>Notice</w:t>
       </w:r>
       <w:r w:rsidRPr="001F5562">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> sent to each applicant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF09E03" w14:textId="0AC72FD6" w:rsidR="00FD16CA" w:rsidRPr="00B35398" w:rsidRDefault="00FD16CA" w:rsidP="008424D2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="450"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00974030">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Applicant agrees to participate fully with </w:t>
       </w:r>
       <w:r w:rsidR="002B1524">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>the Balance of State CoC’s designated</w:t>
       </w:r>
       <w:r w:rsidRPr="00974030">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Homeless Management Information System (HMIS).</w:t>
       </w:r>
       <w:r w:rsidR="00B35398" w:rsidRPr="00974030">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00B35398">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">However, </w:t>
@@ -34747,64 +36667,63 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00051116">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t>Signature of Authorized Representative:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33DEBAEC" w14:textId="77777777" w:rsidR="00FD16CA" w:rsidRPr="00051116" w:rsidRDefault="00FD16CA" w:rsidP="00C77796">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="02B5BCC4" w14:textId="77777777" w:rsidR="00FD16CA" w:rsidRPr="00051116" w:rsidRDefault="00FD16CA" w:rsidP="00C77796">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="11175431" w14:textId="77777777" w:rsidR="00FD16CA" w:rsidRPr="00051116" w:rsidRDefault="00852829" w:rsidP="00C77796">
+          <w:p w14:paraId="11175431" w14:textId="77777777" w:rsidR="00FD16CA" w:rsidRPr="00051116" w:rsidRDefault="00000000" w:rsidP="00C77796">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1040668413"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD16CA" w:rsidRPr="00051116">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FD16CA" w:rsidRPr="00051116">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  “X” indicates electronic signature submitted</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD16CA" w:rsidRPr="00051116" w14:paraId="16BBD188" w14:textId="77777777" w:rsidTr="00135D14">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2178" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D6487CD" w14:textId="77777777" w:rsidR="00FD16CA" w:rsidRPr="00051116" w:rsidRDefault="00FD16CA" w:rsidP="00C77796">
             <w:pPr>
@@ -34942,73 +36861,73 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="007E5445">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>For additional guidance on match, please refer to the project guides, as well as the FAQs on the HUD</w:t>
       </w:r>
       <w:r w:rsidR="00C22C49">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> E</w:t>
       </w:r>
       <w:r w:rsidRPr="007E5445">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">xchange website at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="007E5445">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://www.hudexchange.info/e-snaps/faqs/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007E5445">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> and search for “match.”</w:t>
       </w:r>
       <w:r w:rsidRPr="007E5445">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  Information on Match requirements can be found in the CoC Interim Rule at 24 CFR 578.73 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="007E5445">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://www.hudexchange.info/resource/2035/coc-program-interim-rule-formatted-version/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007E5445">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="105BEA35" w14:textId="77777777" w:rsidR="00EC0BEA" w:rsidRPr="007E5445" w:rsidRDefault="00EC0BEA" w:rsidP="00C77796">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -35701,78 +37620,78 @@
     <w:p w14:paraId="6240EC86" w14:textId="77777777" w:rsidR="00FD16CA" w:rsidRPr="00051116" w:rsidRDefault="00FD16CA" w:rsidP="00C77796">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FBEAD23" w14:textId="77777777" w:rsidR="00FD16CA" w:rsidRPr="00051116" w:rsidRDefault="00FD16CA" w:rsidP="00C77796">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01051D77" w14:textId="77777777" w:rsidR="002E456E" w:rsidRPr="00051116" w:rsidRDefault="002E456E" w:rsidP="00C77796">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002E456E" w:rsidRPr="00051116" w:rsidSect="00AD5A52">
-      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1152" w:right="1152" w:bottom="1152" w:left="1152" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="743DFDF9" w14:textId="77777777" w:rsidR="00257C01" w:rsidRDefault="00257C01" w:rsidP="001E3CB4">
+    <w:p w14:paraId="1345D753" w14:textId="77777777" w:rsidR="00245FBB" w:rsidRDefault="00245FBB" w:rsidP="001E3CB4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40A7CFCC" w14:textId="77777777" w:rsidR="00257C01" w:rsidRDefault="00257C01" w:rsidP="001E3CB4">
+    <w:p w14:paraId="478B295C" w14:textId="77777777" w:rsidR="00245FBB" w:rsidRDefault="00245FBB" w:rsidP="001E3CB4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="01FDDE04" w14:textId="77777777" w:rsidR="00257C01" w:rsidRDefault="00257C01"/>
+    <w:p w14:paraId="6A1671A5" w14:textId="77777777" w:rsidR="00245FBB" w:rsidRDefault="00245FBB"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -35859,107 +37778,111 @@
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="565050523"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:p w14:paraId="24E055F5" w14:textId="0403C045" w:rsidR="00C22C49" w:rsidRPr="00AD5A52" w:rsidRDefault="007C54D6" w:rsidP="008E661A">
+          <w:p w14:paraId="24E055F5" w14:textId="58D37E16" w:rsidR="00C22C49" w:rsidRPr="00AD5A52" w:rsidRDefault="007C54D6" w:rsidP="008E661A">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Approved November 25, </w:t>
+              <w:t>Approved November 25, 2025</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidR="00B2451A" w:rsidRPr="00874582">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E613AD" w:rsidRPr="00E613AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>2025</w:t>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>(Updated v2)</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00B2451A" w:rsidRPr="00874582">
+            <w:r w:rsidR="00B2451A" w:rsidRPr="00E613AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                        </w:t>
+              <w:t xml:space="preserve">             </w:t>
             </w:r>
-            <w:r w:rsidR="00D73155">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">                             </w:t>
+            <w:r w:rsidR="00D73155" w:rsidRPr="00E613AD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="00E613AD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">                          </w:t>
             </w:r>
-            <w:r w:rsidR="00D73155">
-[...2 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="00D73155" w:rsidRPr="00E613AD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r w:rsidR="00B2451A" w:rsidRPr="00874582">
-[...2 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="00B2451A" w:rsidRPr="00E613AD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">                  </w:t>
             </w:r>
             <w:r w:rsidR="00C22C49" w:rsidRPr="00AD5A52">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidR="00C22C49" w:rsidRPr="00AD5A52">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00C22C49" w:rsidRPr="00AD5A52">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
@@ -36031,65 +37954,65 @@
             <w:r w:rsidR="00C22C49" w:rsidRPr="00AD5A52">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4D4E6C13" w14:textId="77777777" w:rsidR="00C22C49" w:rsidRDefault="00C22C49">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E4753B0" w14:textId="77777777" w:rsidR="00257C01" w:rsidRDefault="00257C01" w:rsidP="001E3CB4">
+    <w:p w14:paraId="460FCA4C" w14:textId="77777777" w:rsidR="00245FBB" w:rsidRDefault="00245FBB" w:rsidP="001E3CB4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0DA7ADA7" w14:textId="77777777" w:rsidR="00257C01" w:rsidRDefault="00257C01" w:rsidP="001E3CB4">
+    <w:p w14:paraId="6D3CA80A" w14:textId="77777777" w:rsidR="00245FBB" w:rsidRDefault="00245FBB" w:rsidP="001E3CB4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2A2148D4" w14:textId="77777777" w:rsidR="00257C01" w:rsidRDefault="00257C01"/>
+    <w:p w14:paraId="7AFB8E2C" w14:textId="77777777" w:rsidR="00245FBB" w:rsidRDefault="00245FBB"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03E7684D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28B0571C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -41059,51 +42982,51 @@
   <w:num w:numId="44" w16cid:durableId="250967230">
     <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="959728524">
     <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1323656495">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="305475488">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="373890586">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="367919829">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="27"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="90"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -41285,50 +43208,51 @@
     <w:rsid w:val="001250AF"/>
     <w:rsid w:val="00125AF0"/>
     <w:rsid w:val="00125B36"/>
     <w:rsid w:val="00126378"/>
     <w:rsid w:val="0012637D"/>
     <w:rsid w:val="00127E52"/>
     <w:rsid w:val="00127FBE"/>
     <w:rsid w:val="00130192"/>
     <w:rsid w:val="00130510"/>
     <w:rsid w:val="00130F60"/>
     <w:rsid w:val="00131027"/>
     <w:rsid w:val="00131C45"/>
     <w:rsid w:val="00132145"/>
     <w:rsid w:val="001335C3"/>
     <w:rsid w:val="00133741"/>
     <w:rsid w:val="00133B55"/>
     <w:rsid w:val="001346D7"/>
     <w:rsid w:val="00134824"/>
     <w:rsid w:val="0013489E"/>
     <w:rsid w:val="00135D14"/>
     <w:rsid w:val="00140523"/>
     <w:rsid w:val="001409A9"/>
     <w:rsid w:val="00140E6C"/>
     <w:rsid w:val="001425AB"/>
     <w:rsid w:val="00142619"/>
+    <w:rsid w:val="00143237"/>
     <w:rsid w:val="001439A9"/>
     <w:rsid w:val="00144130"/>
     <w:rsid w:val="00145618"/>
     <w:rsid w:val="00145879"/>
     <w:rsid w:val="00150A03"/>
     <w:rsid w:val="00150B0D"/>
     <w:rsid w:val="0015142E"/>
     <w:rsid w:val="00152F37"/>
     <w:rsid w:val="00153069"/>
     <w:rsid w:val="00156B1A"/>
     <w:rsid w:val="001579A0"/>
     <w:rsid w:val="00161B97"/>
     <w:rsid w:val="00163D78"/>
     <w:rsid w:val="001648F1"/>
     <w:rsid w:val="00164DFC"/>
     <w:rsid w:val="00164E8A"/>
     <w:rsid w:val="00166517"/>
     <w:rsid w:val="001701AE"/>
     <w:rsid w:val="0017085B"/>
     <w:rsid w:val="00170C9A"/>
     <w:rsid w:val="00171CAA"/>
     <w:rsid w:val="001724DC"/>
     <w:rsid w:val="00174225"/>
     <w:rsid w:val="00174263"/>
     <w:rsid w:val="00175BD8"/>
@@ -41394,76 +43318,78 @@
     <w:rsid w:val="001E3CB4"/>
     <w:rsid w:val="001E45B1"/>
     <w:rsid w:val="001E4E35"/>
     <w:rsid w:val="001E7079"/>
     <w:rsid w:val="001E757D"/>
     <w:rsid w:val="001F1965"/>
     <w:rsid w:val="001F20B6"/>
     <w:rsid w:val="001F38E3"/>
     <w:rsid w:val="001F43E1"/>
     <w:rsid w:val="001F4611"/>
     <w:rsid w:val="001F5304"/>
     <w:rsid w:val="001F5562"/>
     <w:rsid w:val="001F7790"/>
     <w:rsid w:val="002007AF"/>
     <w:rsid w:val="00201345"/>
     <w:rsid w:val="002016FE"/>
     <w:rsid w:val="00201DDF"/>
     <w:rsid w:val="00204E5A"/>
     <w:rsid w:val="002053DD"/>
     <w:rsid w:val="00207149"/>
     <w:rsid w:val="002071AD"/>
     <w:rsid w:val="00212466"/>
     <w:rsid w:val="0021247D"/>
     <w:rsid w:val="002142ED"/>
     <w:rsid w:val="00216CEC"/>
+    <w:rsid w:val="0021700A"/>
     <w:rsid w:val="002174CE"/>
     <w:rsid w:val="00221317"/>
     <w:rsid w:val="00223290"/>
     <w:rsid w:val="002232B4"/>
     <w:rsid w:val="0022416F"/>
     <w:rsid w:val="00225C03"/>
     <w:rsid w:val="00225D86"/>
     <w:rsid w:val="00226617"/>
     <w:rsid w:val="0023109F"/>
     <w:rsid w:val="00231C6F"/>
     <w:rsid w:val="00232CE2"/>
     <w:rsid w:val="00236B90"/>
     <w:rsid w:val="002402B6"/>
     <w:rsid w:val="00241DB5"/>
     <w:rsid w:val="00241E12"/>
     <w:rsid w:val="00242AB9"/>
     <w:rsid w:val="00242DA6"/>
     <w:rsid w:val="00243897"/>
     <w:rsid w:val="00243D20"/>
     <w:rsid w:val="002441AC"/>
     <w:rsid w:val="00244349"/>
     <w:rsid w:val="002445E7"/>
     <w:rsid w:val="00244628"/>
     <w:rsid w:val="00244A84"/>
     <w:rsid w:val="00244E7D"/>
     <w:rsid w:val="00245704"/>
+    <w:rsid w:val="00245FBB"/>
     <w:rsid w:val="002467ED"/>
     <w:rsid w:val="002470D9"/>
     <w:rsid w:val="0025048F"/>
     <w:rsid w:val="00250FFD"/>
     <w:rsid w:val="00254DF5"/>
     <w:rsid w:val="00256442"/>
     <w:rsid w:val="00256EFE"/>
     <w:rsid w:val="00257582"/>
     <w:rsid w:val="002576FB"/>
     <w:rsid w:val="00257C01"/>
     <w:rsid w:val="00261355"/>
     <w:rsid w:val="002618CC"/>
     <w:rsid w:val="00263B77"/>
     <w:rsid w:val="00267A47"/>
     <w:rsid w:val="00270082"/>
     <w:rsid w:val="002702C5"/>
     <w:rsid w:val="00270C8D"/>
     <w:rsid w:val="0027276C"/>
     <w:rsid w:val="00272BF2"/>
     <w:rsid w:val="002765FD"/>
     <w:rsid w:val="00277A5B"/>
     <w:rsid w:val="002803B6"/>
     <w:rsid w:val="00280C90"/>
     <w:rsid w:val="002834D7"/>
     <w:rsid w:val="00283C98"/>
@@ -41867,50 +43793,51 @@
     <w:rsid w:val="005571C8"/>
     <w:rsid w:val="005572F1"/>
     <w:rsid w:val="00557BED"/>
     <w:rsid w:val="00557C02"/>
     <w:rsid w:val="00560466"/>
     <w:rsid w:val="00562400"/>
     <w:rsid w:val="00562EE9"/>
     <w:rsid w:val="0056326E"/>
     <w:rsid w:val="00564032"/>
     <w:rsid w:val="005641B8"/>
     <w:rsid w:val="00564E1B"/>
     <w:rsid w:val="005655BF"/>
     <w:rsid w:val="00565C0D"/>
     <w:rsid w:val="00566482"/>
     <w:rsid w:val="00567E7C"/>
     <w:rsid w:val="0057025A"/>
     <w:rsid w:val="005740F1"/>
     <w:rsid w:val="00574C7C"/>
     <w:rsid w:val="00574D2D"/>
     <w:rsid w:val="005753B8"/>
     <w:rsid w:val="00575ACB"/>
     <w:rsid w:val="00575C07"/>
     <w:rsid w:val="0057639F"/>
     <w:rsid w:val="005772B3"/>
     <w:rsid w:val="00577ADE"/>
+    <w:rsid w:val="00577BFC"/>
     <w:rsid w:val="005803EB"/>
     <w:rsid w:val="00580441"/>
     <w:rsid w:val="00581757"/>
     <w:rsid w:val="00581BBF"/>
     <w:rsid w:val="00582328"/>
     <w:rsid w:val="00583753"/>
     <w:rsid w:val="005837D3"/>
     <w:rsid w:val="00583BE8"/>
     <w:rsid w:val="00584CFE"/>
     <w:rsid w:val="00585271"/>
     <w:rsid w:val="00585AE2"/>
     <w:rsid w:val="00585CB4"/>
     <w:rsid w:val="005860BB"/>
     <w:rsid w:val="005869CE"/>
     <w:rsid w:val="00590119"/>
     <w:rsid w:val="005915D6"/>
     <w:rsid w:val="00592813"/>
     <w:rsid w:val="00592945"/>
     <w:rsid w:val="00592CF1"/>
     <w:rsid w:val="00592F53"/>
     <w:rsid w:val="00593004"/>
     <w:rsid w:val="00594216"/>
     <w:rsid w:val="005944A0"/>
     <w:rsid w:val="0059505F"/>
     <w:rsid w:val="00596B86"/>
@@ -41970,50 +43897,51 @@
     <w:rsid w:val="005F6A40"/>
     <w:rsid w:val="005F7AD3"/>
     <w:rsid w:val="005F7E59"/>
     <w:rsid w:val="0060217F"/>
     <w:rsid w:val="00602612"/>
     <w:rsid w:val="00602D4C"/>
     <w:rsid w:val="0060336E"/>
     <w:rsid w:val="00607F03"/>
     <w:rsid w:val="006103B9"/>
     <w:rsid w:val="00612241"/>
     <w:rsid w:val="0061294F"/>
     <w:rsid w:val="00613E25"/>
     <w:rsid w:val="00614D35"/>
     <w:rsid w:val="00621002"/>
     <w:rsid w:val="0062274C"/>
     <w:rsid w:val="00622F59"/>
     <w:rsid w:val="0062362D"/>
     <w:rsid w:val="00623A39"/>
     <w:rsid w:val="00625360"/>
     <w:rsid w:val="0062545D"/>
     <w:rsid w:val="00625D3E"/>
     <w:rsid w:val="00627BC2"/>
     <w:rsid w:val="0063071F"/>
     <w:rsid w:val="0063149B"/>
     <w:rsid w:val="00631EEB"/>
+    <w:rsid w:val="00632DE3"/>
     <w:rsid w:val="00633BD5"/>
     <w:rsid w:val="00633EAE"/>
     <w:rsid w:val="00633EB0"/>
     <w:rsid w:val="006342E2"/>
     <w:rsid w:val="006346A6"/>
     <w:rsid w:val="00634AD5"/>
     <w:rsid w:val="006361C4"/>
     <w:rsid w:val="00636296"/>
     <w:rsid w:val="00636339"/>
     <w:rsid w:val="00637B17"/>
     <w:rsid w:val="00637E58"/>
     <w:rsid w:val="0064032A"/>
     <w:rsid w:val="006406E3"/>
     <w:rsid w:val="006408B3"/>
     <w:rsid w:val="00641C49"/>
     <w:rsid w:val="00642311"/>
     <w:rsid w:val="0064256E"/>
     <w:rsid w:val="006428BF"/>
     <w:rsid w:val="00643234"/>
     <w:rsid w:val="0064384A"/>
     <w:rsid w:val="00645FBA"/>
     <w:rsid w:val="006461E6"/>
     <w:rsid w:val="006473AE"/>
     <w:rsid w:val="00647920"/>
     <w:rsid w:val="00647F04"/>
@@ -42163,57 +44091,59 @@
     <w:rsid w:val="00760471"/>
     <w:rsid w:val="00760BCA"/>
     <w:rsid w:val="00760CC8"/>
     <w:rsid w:val="00763B7B"/>
     <w:rsid w:val="00763B8E"/>
     <w:rsid w:val="00764577"/>
     <w:rsid w:val="00764F16"/>
     <w:rsid w:val="00765089"/>
     <w:rsid w:val="0077306F"/>
     <w:rsid w:val="00773976"/>
     <w:rsid w:val="00773E4C"/>
     <w:rsid w:val="00773F4D"/>
     <w:rsid w:val="00775C30"/>
     <w:rsid w:val="00776531"/>
     <w:rsid w:val="007766D2"/>
     <w:rsid w:val="007776A2"/>
     <w:rsid w:val="00777DCB"/>
     <w:rsid w:val="0078089E"/>
     <w:rsid w:val="007808B4"/>
     <w:rsid w:val="00781248"/>
     <w:rsid w:val="00781714"/>
     <w:rsid w:val="00783494"/>
     <w:rsid w:val="00784732"/>
     <w:rsid w:val="00784FA2"/>
     <w:rsid w:val="007853AB"/>
+    <w:rsid w:val="00785E83"/>
     <w:rsid w:val="00786576"/>
     <w:rsid w:val="00787ED6"/>
     <w:rsid w:val="0079122A"/>
     <w:rsid w:val="00792D4C"/>
     <w:rsid w:val="00793845"/>
     <w:rsid w:val="007938EF"/>
     <w:rsid w:val="007939A5"/>
+    <w:rsid w:val="00793E7C"/>
     <w:rsid w:val="00794435"/>
     <w:rsid w:val="00795D92"/>
     <w:rsid w:val="007965BD"/>
     <w:rsid w:val="00796BE6"/>
     <w:rsid w:val="00796BF1"/>
     <w:rsid w:val="007977B9"/>
     <w:rsid w:val="007979BC"/>
     <w:rsid w:val="007A091F"/>
     <w:rsid w:val="007A0CDD"/>
     <w:rsid w:val="007A14DD"/>
     <w:rsid w:val="007A2E82"/>
     <w:rsid w:val="007A33E6"/>
     <w:rsid w:val="007A59FE"/>
     <w:rsid w:val="007A6AF1"/>
     <w:rsid w:val="007A6C02"/>
     <w:rsid w:val="007A700C"/>
     <w:rsid w:val="007B280B"/>
     <w:rsid w:val="007B291F"/>
     <w:rsid w:val="007B4276"/>
     <w:rsid w:val="007B4402"/>
     <w:rsid w:val="007B495D"/>
     <w:rsid w:val="007B52C5"/>
     <w:rsid w:val="007B6CB5"/>
     <w:rsid w:val="007B7A8D"/>
     <w:rsid w:val="007C077A"/>
@@ -42366,50 +44296,51 @@
     <w:rsid w:val="008D6743"/>
     <w:rsid w:val="008E02ED"/>
     <w:rsid w:val="008E0489"/>
     <w:rsid w:val="008E1CE6"/>
     <w:rsid w:val="008E239D"/>
     <w:rsid w:val="008E536E"/>
     <w:rsid w:val="008E57C9"/>
     <w:rsid w:val="008E661A"/>
     <w:rsid w:val="008E7B17"/>
     <w:rsid w:val="008E7C8D"/>
     <w:rsid w:val="008F07EC"/>
     <w:rsid w:val="008F0EBE"/>
     <w:rsid w:val="008F34C9"/>
     <w:rsid w:val="008F51F3"/>
     <w:rsid w:val="008F727F"/>
     <w:rsid w:val="00901131"/>
     <w:rsid w:val="009020DA"/>
     <w:rsid w:val="00902E0A"/>
     <w:rsid w:val="00903486"/>
     <w:rsid w:val="009041B0"/>
     <w:rsid w:val="0090540F"/>
     <w:rsid w:val="009067A0"/>
     <w:rsid w:val="0090778B"/>
     <w:rsid w:val="00907F01"/>
     <w:rsid w:val="00910B86"/>
+    <w:rsid w:val="00911570"/>
     <w:rsid w:val="009122CB"/>
     <w:rsid w:val="0091302A"/>
     <w:rsid w:val="00913A87"/>
     <w:rsid w:val="009149E0"/>
     <w:rsid w:val="009175A7"/>
     <w:rsid w:val="00917C94"/>
     <w:rsid w:val="00917CDB"/>
     <w:rsid w:val="009200FF"/>
     <w:rsid w:val="0092072C"/>
     <w:rsid w:val="00921299"/>
     <w:rsid w:val="00922B93"/>
     <w:rsid w:val="00923743"/>
     <w:rsid w:val="00924780"/>
     <w:rsid w:val="00925467"/>
     <w:rsid w:val="009265FC"/>
     <w:rsid w:val="00926605"/>
     <w:rsid w:val="009267EF"/>
     <w:rsid w:val="00926E9E"/>
     <w:rsid w:val="009278D7"/>
     <w:rsid w:val="00927BA4"/>
     <w:rsid w:val="00930216"/>
     <w:rsid w:val="009304AE"/>
     <w:rsid w:val="00931E68"/>
     <w:rsid w:val="00931F93"/>
     <w:rsid w:val="00932C01"/>
@@ -42498,50 +44429,51 @@
     <w:rsid w:val="009B667B"/>
     <w:rsid w:val="009B6BE7"/>
     <w:rsid w:val="009B7791"/>
     <w:rsid w:val="009B79B6"/>
     <w:rsid w:val="009C11C4"/>
     <w:rsid w:val="009C2A55"/>
     <w:rsid w:val="009C398F"/>
     <w:rsid w:val="009C3A29"/>
     <w:rsid w:val="009C47F4"/>
     <w:rsid w:val="009C51E1"/>
     <w:rsid w:val="009C5913"/>
     <w:rsid w:val="009D1B68"/>
     <w:rsid w:val="009D22F6"/>
     <w:rsid w:val="009D39FB"/>
     <w:rsid w:val="009D3ABC"/>
     <w:rsid w:val="009D414E"/>
     <w:rsid w:val="009D41A9"/>
     <w:rsid w:val="009D42EC"/>
     <w:rsid w:val="009D4463"/>
     <w:rsid w:val="009D4CA8"/>
     <w:rsid w:val="009D50C3"/>
     <w:rsid w:val="009D5506"/>
     <w:rsid w:val="009D5AD2"/>
     <w:rsid w:val="009D5BF7"/>
     <w:rsid w:val="009D73E3"/>
+    <w:rsid w:val="009E05F9"/>
     <w:rsid w:val="009E1E7F"/>
     <w:rsid w:val="009E48B1"/>
     <w:rsid w:val="009E5324"/>
     <w:rsid w:val="009E61D8"/>
     <w:rsid w:val="009E64C1"/>
     <w:rsid w:val="009E6B1C"/>
     <w:rsid w:val="009E79DE"/>
     <w:rsid w:val="009F03BA"/>
     <w:rsid w:val="009F1F84"/>
     <w:rsid w:val="009F2AED"/>
     <w:rsid w:val="009F3830"/>
     <w:rsid w:val="009F3F63"/>
     <w:rsid w:val="009F4329"/>
     <w:rsid w:val="009F4D81"/>
     <w:rsid w:val="00A006BC"/>
     <w:rsid w:val="00A00DE4"/>
     <w:rsid w:val="00A00F68"/>
     <w:rsid w:val="00A019C7"/>
     <w:rsid w:val="00A01C53"/>
     <w:rsid w:val="00A0203D"/>
     <w:rsid w:val="00A02A76"/>
     <w:rsid w:val="00A032B1"/>
     <w:rsid w:val="00A0427F"/>
     <w:rsid w:val="00A04B80"/>
     <w:rsid w:val="00A04DA2"/>
@@ -42617,50 +44549,51 @@
     <w:rsid w:val="00A8580B"/>
     <w:rsid w:val="00A91F1F"/>
     <w:rsid w:val="00A94225"/>
     <w:rsid w:val="00A94EF6"/>
     <w:rsid w:val="00A95088"/>
     <w:rsid w:val="00AA2DF7"/>
     <w:rsid w:val="00AA3E85"/>
     <w:rsid w:val="00AA7AEE"/>
     <w:rsid w:val="00AB20A2"/>
     <w:rsid w:val="00AB3B9F"/>
     <w:rsid w:val="00AB4767"/>
     <w:rsid w:val="00AB5045"/>
     <w:rsid w:val="00AB50D7"/>
     <w:rsid w:val="00AB5FA1"/>
     <w:rsid w:val="00AB662D"/>
     <w:rsid w:val="00AB6AFB"/>
     <w:rsid w:val="00AB768B"/>
     <w:rsid w:val="00AB7803"/>
     <w:rsid w:val="00AB78A2"/>
     <w:rsid w:val="00AB7970"/>
     <w:rsid w:val="00AB7CCB"/>
     <w:rsid w:val="00AB7E69"/>
     <w:rsid w:val="00AC0BF8"/>
     <w:rsid w:val="00AC1559"/>
     <w:rsid w:val="00AC2051"/>
+    <w:rsid w:val="00AC2421"/>
     <w:rsid w:val="00AC2A22"/>
     <w:rsid w:val="00AC30DB"/>
     <w:rsid w:val="00AC3486"/>
     <w:rsid w:val="00AC4251"/>
     <w:rsid w:val="00AC4745"/>
     <w:rsid w:val="00AC4A02"/>
     <w:rsid w:val="00AC5465"/>
     <w:rsid w:val="00AC5522"/>
     <w:rsid w:val="00AC6AB7"/>
     <w:rsid w:val="00AC7C02"/>
     <w:rsid w:val="00AD0CEF"/>
     <w:rsid w:val="00AD16C5"/>
     <w:rsid w:val="00AD2AE4"/>
     <w:rsid w:val="00AD3607"/>
     <w:rsid w:val="00AD3C80"/>
     <w:rsid w:val="00AD44F1"/>
     <w:rsid w:val="00AD4902"/>
     <w:rsid w:val="00AD4F2A"/>
     <w:rsid w:val="00AD5A52"/>
     <w:rsid w:val="00AD77F5"/>
     <w:rsid w:val="00AE0905"/>
     <w:rsid w:val="00AE1B9B"/>
     <w:rsid w:val="00AE1CC2"/>
     <w:rsid w:val="00AE2E11"/>
     <w:rsid w:val="00AE2FD8"/>
@@ -42724,154 +44657,158 @@
     <w:rsid w:val="00B46403"/>
     <w:rsid w:val="00B52A42"/>
     <w:rsid w:val="00B546B7"/>
     <w:rsid w:val="00B54A44"/>
     <w:rsid w:val="00B54B70"/>
     <w:rsid w:val="00B54E9E"/>
     <w:rsid w:val="00B61D75"/>
     <w:rsid w:val="00B61EF4"/>
     <w:rsid w:val="00B62638"/>
     <w:rsid w:val="00B638EB"/>
     <w:rsid w:val="00B6395E"/>
     <w:rsid w:val="00B671A2"/>
     <w:rsid w:val="00B675E8"/>
     <w:rsid w:val="00B719EA"/>
     <w:rsid w:val="00B7362D"/>
     <w:rsid w:val="00B73BE7"/>
     <w:rsid w:val="00B74862"/>
     <w:rsid w:val="00B752B5"/>
     <w:rsid w:val="00B75452"/>
     <w:rsid w:val="00B755B2"/>
     <w:rsid w:val="00B7563F"/>
     <w:rsid w:val="00B75BE0"/>
     <w:rsid w:val="00B76B60"/>
     <w:rsid w:val="00B76D46"/>
     <w:rsid w:val="00B80F15"/>
+    <w:rsid w:val="00B81556"/>
     <w:rsid w:val="00B829D6"/>
     <w:rsid w:val="00B852EC"/>
     <w:rsid w:val="00B85358"/>
     <w:rsid w:val="00B85E82"/>
     <w:rsid w:val="00B8691D"/>
     <w:rsid w:val="00B86B39"/>
     <w:rsid w:val="00B87686"/>
     <w:rsid w:val="00B90A77"/>
     <w:rsid w:val="00B90F21"/>
     <w:rsid w:val="00B91171"/>
     <w:rsid w:val="00B937C8"/>
     <w:rsid w:val="00B94361"/>
     <w:rsid w:val="00B9438C"/>
     <w:rsid w:val="00B94694"/>
     <w:rsid w:val="00B94949"/>
     <w:rsid w:val="00B94EBF"/>
     <w:rsid w:val="00B951DB"/>
     <w:rsid w:val="00B958A5"/>
     <w:rsid w:val="00B97786"/>
     <w:rsid w:val="00BA01A5"/>
     <w:rsid w:val="00BA05DE"/>
     <w:rsid w:val="00BA1DFE"/>
     <w:rsid w:val="00BA2074"/>
     <w:rsid w:val="00BA3E72"/>
     <w:rsid w:val="00BA41F3"/>
     <w:rsid w:val="00BA4934"/>
     <w:rsid w:val="00BA55C9"/>
     <w:rsid w:val="00BA59EB"/>
     <w:rsid w:val="00BA5F98"/>
     <w:rsid w:val="00BA624C"/>
     <w:rsid w:val="00BA6F42"/>
     <w:rsid w:val="00BA7224"/>
     <w:rsid w:val="00BA75DB"/>
     <w:rsid w:val="00BA7ECE"/>
     <w:rsid w:val="00BB2F44"/>
     <w:rsid w:val="00BB33D0"/>
     <w:rsid w:val="00BB4A12"/>
     <w:rsid w:val="00BB59D3"/>
     <w:rsid w:val="00BB653C"/>
     <w:rsid w:val="00BB6BFB"/>
     <w:rsid w:val="00BC2377"/>
     <w:rsid w:val="00BC57F1"/>
+    <w:rsid w:val="00BC760D"/>
     <w:rsid w:val="00BC7A63"/>
     <w:rsid w:val="00BD0085"/>
     <w:rsid w:val="00BD03AF"/>
     <w:rsid w:val="00BD16B0"/>
     <w:rsid w:val="00BD444D"/>
     <w:rsid w:val="00BD5218"/>
     <w:rsid w:val="00BD53F8"/>
     <w:rsid w:val="00BD6F91"/>
     <w:rsid w:val="00BE1004"/>
     <w:rsid w:val="00BE1501"/>
     <w:rsid w:val="00BE269F"/>
     <w:rsid w:val="00BE37D2"/>
     <w:rsid w:val="00BE3E9C"/>
     <w:rsid w:val="00BE4A93"/>
     <w:rsid w:val="00BE535C"/>
     <w:rsid w:val="00BE5430"/>
     <w:rsid w:val="00BE5540"/>
     <w:rsid w:val="00BE61B1"/>
     <w:rsid w:val="00BE63B9"/>
     <w:rsid w:val="00BE6897"/>
     <w:rsid w:val="00BE7E39"/>
     <w:rsid w:val="00BF265A"/>
     <w:rsid w:val="00BF288B"/>
     <w:rsid w:val="00BF3375"/>
     <w:rsid w:val="00BF36E2"/>
     <w:rsid w:val="00BF387B"/>
     <w:rsid w:val="00BF4483"/>
     <w:rsid w:val="00BF472F"/>
     <w:rsid w:val="00BF5BCC"/>
     <w:rsid w:val="00C00D17"/>
     <w:rsid w:val="00C00E7C"/>
     <w:rsid w:val="00C00FBE"/>
     <w:rsid w:val="00C01871"/>
     <w:rsid w:val="00C03EEB"/>
     <w:rsid w:val="00C04971"/>
     <w:rsid w:val="00C10044"/>
     <w:rsid w:val="00C106A6"/>
     <w:rsid w:val="00C10F87"/>
     <w:rsid w:val="00C12F3B"/>
+    <w:rsid w:val="00C159B1"/>
     <w:rsid w:val="00C17C89"/>
     <w:rsid w:val="00C17EBB"/>
     <w:rsid w:val="00C215F6"/>
     <w:rsid w:val="00C22C49"/>
     <w:rsid w:val="00C25352"/>
     <w:rsid w:val="00C2627B"/>
     <w:rsid w:val="00C26298"/>
     <w:rsid w:val="00C27195"/>
     <w:rsid w:val="00C271B8"/>
     <w:rsid w:val="00C30E4F"/>
     <w:rsid w:val="00C31CC3"/>
     <w:rsid w:val="00C33D71"/>
     <w:rsid w:val="00C33F1F"/>
     <w:rsid w:val="00C34557"/>
     <w:rsid w:val="00C34FB3"/>
     <w:rsid w:val="00C360E8"/>
     <w:rsid w:val="00C36130"/>
     <w:rsid w:val="00C363E9"/>
     <w:rsid w:val="00C36AC8"/>
     <w:rsid w:val="00C3702F"/>
     <w:rsid w:val="00C37573"/>
     <w:rsid w:val="00C402D2"/>
     <w:rsid w:val="00C40660"/>
+    <w:rsid w:val="00C41274"/>
     <w:rsid w:val="00C4139A"/>
     <w:rsid w:val="00C43521"/>
     <w:rsid w:val="00C45C43"/>
     <w:rsid w:val="00C45E15"/>
     <w:rsid w:val="00C46510"/>
     <w:rsid w:val="00C47240"/>
     <w:rsid w:val="00C4730C"/>
     <w:rsid w:val="00C51B28"/>
     <w:rsid w:val="00C551EF"/>
     <w:rsid w:val="00C5548E"/>
     <w:rsid w:val="00C55875"/>
     <w:rsid w:val="00C55AD0"/>
     <w:rsid w:val="00C55E58"/>
     <w:rsid w:val="00C56918"/>
     <w:rsid w:val="00C6306E"/>
     <w:rsid w:val="00C63EB1"/>
     <w:rsid w:val="00C648F1"/>
     <w:rsid w:val="00C6515A"/>
     <w:rsid w:val="00C66ACF"/>
     <w:rsid w:val="00C71498"/>
     <w:rsid w:val="00C718EF"/>
     <w:rsid w:val="00C71D6F"/>
     <w:rsid w:val="00C742F2"/>
     <w:rsid w:val="00C75612"/>
     <w:rsid w:val="00C75790"/>
@@ -43108,50 +45045,51 @@
     <w:rsid w:val="00E36A89"/>
     <w:rsid w:val="00E37B88"/>
     <w:rsid w:val="00E40118"/>
     <w:rsid w:val="00E407B7"/>
     <w:rsid w:val="00E41231"/>
     <w:rsid w:val="00E415DC"/>
     <w:rsid w:val="00E419DD"/>
     <w:rsid w:val="00E41DF5"/>
     <w:rsid w:val="00E44280"/>
     <w:rsid w:val="00E448DB"/>
     <w:rsid w:val="00E4603C"/>
     <w:rsid w:val="00E461E4"/>
     <w:rsid w:val="00E4635E"/>
     <w:rsid w:val="00E47050"/>
     <w:rsid w:val="00E471DE"/>
     <w:rsid w:val="00E47C80"/>
     <w:rsid w:val="00E51543"/>
     <w:rsid w:val="00E51A0C"/>
     <w:rsid w:val="00E52D48"/>
     <w:rsid w:val="00E5360B"/>
     <w:rsid w:val="00E54056"/>
     <w:rsid w:val="00E541F6"/>
     <w:rsid w:val="00E546F9"/>
     <w:rsid w:val="00E56BB9"/>
     <w:rsid w:val="00E57CA9"/>
+    <w:rsid w:val="00E613AD"/>
     <w:rsid w:val="00E61FE7"/>
     <w:rsid w:val="00E64684"/>
     <w:rsid w:val="00E64BC5"/>
     <w:rsid w:val="00E64E38"/>
     <w:rsid w:val="00E64E7B"/>
     <w:rsid w:val="00E659AB"/>
     <w:rsid w:val="00E6670A"/>
     <w:rsid w:val="00E66DE8"/>
     <w:rsid w:val="00E6779D"/>
     <w:rsid w:val="00E7004A"/>
     <w:rsid w:val="00E7042B"/>
     <w:rsid w:val="00E71066"/>
     <w:rsid w:val="00E7129C"/>
     <w:rsid w:val="00E72E63"/>
     <w:rsid w:val="00E73EE6"/>
     <w:rsid w:val="00E748DD"/>
     <w:rsid w:val="00E7677F"/>
     <w:rsid w:val="00E76F88"/>
     <w:rsid w:val="00E77C8A"/>
     <w:rsid w:val="00E77FA7"/>
     <w:rsid w:val="00E82121"/>
     <w:rsid w:val="00E82357"/>
     <w:rsid w:val="00E836CD"/>
     <w:rsid w:val="00E84A8B"/>
     <w:rsid w:val="00E8539B"/>
@@ -43655,51 +45593,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -43891,51 +45829,51 @@
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="002E456E"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="002E456E"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="002E456E"/>
     <w:rPr>
       <w:i/>
@@ -44445,51 +46383,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1836873316">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.37" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.53" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.53" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hudexchange.info/resource/2035/coc-program-interim-rule-formatted-version/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.53" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.37" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hudexchange.info/resource/2033/hearth-coc-program-interim-rule/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hudexchange.info/e-snaps/faqs/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.37" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hud.gov/hud-partners/community-coc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.37" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.huduser.gov/portal/datasets/fmr.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.53" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dca.georgia.gov/affordable-housing/homelessness-assistance/georgia-balance-state-continuum-care/balance-state" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.37" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.53" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.53" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hudexchange.info/e-snaps/faqs/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.53" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.37" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hudexchange.info/resource/2033/hearth-coc-program-interim-rule/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.huduser.gov/portal/datasets/fmr.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.37" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hud.gov/hud-partners/community-coc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.37" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.huduser.gov/portal/datasets/fmr.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-24/subtitle-B/chapter-V/subchapter-C/part-578/subpart-D/section-578.53" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dca.georgia.gov/affordable-housing/homelessness-assistance/georgia-balance-state-continuum-care/balance-state" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hudexchange.info/resource/2035/coc-program-interim-rule-formatted-version/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -44751,76 +46689,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B5F50DA-1622-425B-B86C-73D3F1EAE7FB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>47486</Characters>
+  <Pages>22</Pages>
+  <Words>8572</Words>
+  <Characters>48864</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>395</Lines>
-  <Paragraphs>111</Paragraphs>
+  <Lines>407</Lines>
+  <Paragraphs>114</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>DCA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>55705</CharactersWithSpaces>
+  <CharactersWithSpaces>57322</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="72" baseType="variant">
       <vt:variant>
         <vt:i4>7733350</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>573</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.hudexchange.info/resource/2035/coc-program-interim-rule-formatted-version/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3014777</vt:i4>
       </vt:variant>
       <vt:variant>